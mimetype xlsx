--- v0 (2025-12-03)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Exportación de datos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
     <t>Código espazo</t>
   </si>
   <si>
     <t>Espazo</t>
   </si>
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>Enfermidade (Antígeno)</t>
   </si>
   <si>
     <t>Grupo poblacional</t>
   </si>
   <si>
     <t>Campaña</t>
   </si>
   <si>
@@ -68,135 +68,132 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
     <t>COVID</t>
   </si>
   <si>
     <t>Embarazadas</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>18,44</t>
+    <t>24,72</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>15,81</t>
+    <t>23,32</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>6,84</t>
+    <t>9,73</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>5,14</t>
+    <t>7,41</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>7,86</t>
+    <t>11,44</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>12,9</t>
+    <t>16,69</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>9,05</t>
+    <t>12,24</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>A Coruña</t>
   </si>
   <si>
-    <t>16,25</t>
+    <t>22,01</t>
   </si>
   <si>
     <t>Lugo</t>
   </si>
   <si>
     <t>Ourense</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>8,84</t>
-[...1 lines deleted...]
-  <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>11,47</t>
+    <t>15,64</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1223,148 +1220,148 @@
       </c>
       <c r="B22" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C22" s="1">
         <v>36</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="J22" s="1" t="s">
-        <v>43</v>
+      <c r="J22" s="1">
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
         <v>2025</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C23" s="1">
         <v>36</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="J23" s="1" t="s">
-        <v>43</v>
+      <c r="J23" s="1">
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>2025</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C24" s="1">
         <v>12</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
         <v>2025</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C25" s="1">
         <v>12</v>
       </c>
       <c r="D25" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J25" s="1" t="s">
         <v>45</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>