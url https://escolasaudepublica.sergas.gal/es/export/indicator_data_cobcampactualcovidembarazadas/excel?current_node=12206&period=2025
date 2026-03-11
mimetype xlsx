--- v1 (2026-01-24)
+++ v2 (2026-03-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Exportación de datos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
     <t>Código espazo</t>
   </si>
   <si>
     <t>Espazo</t>
   </si>
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>Enfermidade (Antígeno)</t>
   </si>
   <si>
     <t>Grupo poblacional</t>
   </si>
   <si>
     <t>Campaña</t>
   </si>
   <si>
@@ -68,132 +68,135 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
     <t>COVID</t>
   </si>
   <si>
     <t>Embarazadas</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>24,72</t>
+    <t>24,8</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
     <t>23,32</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>9,73</t>
+    <t>10,06</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>7,41</t>
+    <t>7,51</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>11,44</t>
+    <t>11,61</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
     <t>16,69</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>12,24</t>
+    <t>12,47</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>A Coruña</t>
   </si>
   <si>
-    <t>22,01</t>
+    <t>22,08</t>
   </si>
   <si>
     <t>Lugo</t>
   </si>
   <si>
     <t>Ourense</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
+    <t>12,17</t>
+  </si>
+  <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>15,64</t>
+    <t>15,77</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1220,148 +1223,148 @@
       </c>
       <c r="B22" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C22" s="1">
         <v>36</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="J22" s="1">
-        <v>12</v>
+      <c r="J22" s="1" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
         <v>2025</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C23" s="1">
         <v>36</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="J23" s="1">
-        <v>12</v>
+      <c r="J23" s="1" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>2025</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C24" s="1">
         <v>12</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
         <v>2025</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C25" s="1">
         <v>12</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>