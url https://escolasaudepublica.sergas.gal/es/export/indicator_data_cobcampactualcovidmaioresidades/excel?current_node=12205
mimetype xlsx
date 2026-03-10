--- v2 (2026-01-23)
+++ v3 (2026-03-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Exportación de datos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
     <t>Código espazo</t>
   </si>
   <si>
     <t>Espazo</t>
   </si>
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>Enfermidade (Antígeno)</t>
   </si>
   <si>
     <t>Grupo poblacional</t>
   </si>
   <si>
     <t>Campaña</t>
   </si>
   <si>
@@ -68,294 +68,297 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Homes</t>
   </si>
   <si>
     <t>COVID</t>
   </si>
   <si>
     <t>70-79 anos</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>70-79</t>
   </si>
   <si>
-    <t>68,46</t>
+    <t>68,27</t>
   </si>
   <si>
     <t>80 ou máis anos</t>
   </si>
   <si>
     <t>80 ou máis</t>
   </si>
   <si>
-    <t>82,25</t>
+    <t>79,92</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
-    <t>58,67</t>
-[...2 lines deleted...]
-    <t>74,56</t>
+    <t>58,58</t>
+  </si>
+  <si>
+    <t>72,81</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>62,99</t>
-[...2 lines deleted...]
-    <t>77,4</t>
+    <t>62,86</t>
+  </si>
+  <si>
+    <t>75,45</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>67,66</t>
-[...14 lines deleted...]
-    <t>73,68</t>
+    <t>67,5</t>
+  </si>
+  <si>
+    <t>75,89</t>
+  </si>
+  <si>
+    <t>58,51</t>
+  </si>
+  <si>
+    <t>71,5</t>
+  </si>
+  <si>
+    <t>62,51</t>
+  </si>
+  <si>
+    <t>73,11</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>50,55</t>
-[...14 lines deleted...]
-    <t>61,17</t>
+    <t>50,08</t>
+  </si>
+  <si>
+    <t>64,37</t>
+  </si>
+  <si>
+    <t>42,23</t>
+  </si>
+  <si>
+    <t>59,51</t>
+  </si>
+  <si>
+    <t>45,96</t>
+  </si>
+  <si>
+    <t>61,39</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>53,78</t>
-[...14 lines deleted...]
-    <t>68,36</t>
+    <t>53,59</t>
+  </si>
+  <si>
+    <t>70,91</t>
+  </si>
+  <si>
+    <t>45,19</t>
+  </si>
+  <si>
+    <t>65,88</t>
+  </si>
+  <si>
+    <t>49,1</t>
+  </si>
+  <si>
+    <t>67,79</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>70,9</t>
-[...11 lines deleted...]
-    <t>64,45</t>
+    <t>53,86</t>
+  </si>
+  <si>
+    <t>67,91</t>
+  </si>
+  <si>
+    <t>44,27</t>
+  </si>
+  <si>
+    <t>59,53</t>
+  </si>
+  <si>
+    <t>48,61</t>
+  </si>
+  <si>
+    <t>62,61</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>63,43</t>
-[...14 lines deleted...]
-    <t>71,82</t>
+    <t>62,83</t>
+  </si>
+  <si>
+    <t>75,62</t>
+  </si>
+  <si>
+    <t>53,3</t>
+  </si>
+  <si>
+    <t>67,78</t>
+  </si>
+  <si>
+    <t>57,64</t>
+  </si>
+  <si>
+    <t>70,67</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
     <t>49,88</t>
   </si>
   <si>
-    <t>68,42</t>
-[...11 lines deleted...]
-    <t>61,82</t>
+    <t>65,49</t>
+  </si>
+  <si>
+    <t>39,91</t>
+  </si>
+  <si>
+    <t>56,83</t>
+  </si>
+  <si>
+    <t>44,35</t>
+  </si>
+  <si>
+    <t>59,98</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>A Coruña</t>
   </si>
   <si>
-    <t>67,24</t>
-[...14 lines deleted...]
-    <t>75,39</t>
+    <t>66,89</t>
+  </si>
+  <si>
+    <t>78,35</t>
+  </si>
+  <si>
+    <t>57,27</t>
+  </si>
+  <si>
+    <t>71,26</t>
+  </si>
+  <si>
+    <t>61,57</t>
+  </si>
+  <si>
+    <t>73,88</t>
   </si>
   <si>
     <t>Lugo</t>
   </si>
   <si>
     <t>Ourense</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>51,57</t>
-[...14 lines deleted...]
-    <t>63,03</t>
+    <t>51,51</t>
+  </si>
+  <si>
+    <t>66,55</t>
+  </si>
+  <si>
+    <t>41,81</t>
+  </si>
+  <si>
+    <t>58,35</t>
+  </si>
+  <si>
+    <t>46,17</t>
+  </si>
+  <si>
+    <t>61,35</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>58,1</t>
-[...14 lines deleted...]
-    <t>68,49</t>
+    <t>57,86</t>
+  </si>
+  <si>
+    <t>71,57</t>
+  </si>
+  <si>
+    <t>48,76</t>
+  </si>
+  <si>
+    <t>64,84</t>
+  </si>
+  <si>
+    <t>52,88</t>
+  </si>
+  <si>
+    <t>67,35</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1510,1556 +1513,1556 @@
       </c>
       <c r="B26" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="J26" s="1">
+      <c r="J26" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>2025</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
         <v>2025</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
         <v>2025</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>2025</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
         <v>2025</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
         <v>2025</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
         <v>2025</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
         <v>2025</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>2025</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>2025</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
         <v>2025</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
         <v>2025</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
         <v>2025</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
         <v>2025</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1">
         <v>2025</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1">
         <v>2025</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1">
         <v>2025</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
         <v>2025</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C44" s="1">
         <v>15</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
         <v>2025</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C45" s="1">
         <v>15</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
         <v>2025</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C46" s="1">
         <v>15</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1">
         <v>2025</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C47" s="1">
         <v>15</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1">
         <v>2025</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C48" s="1">
         <v>15</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1">
         <v>2025</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C49" s="1">
         <v>15</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1">
         <v>2025</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C50" s="1">
         <v>27</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J50" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1">
         <v>2025</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C51" s="1">
         <v>27</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J51" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
         <v>2025</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C52" s="1">
         <v>27</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
         <v>2025</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C53" s="1">
         <v>27</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H53" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J53" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
         <v>2025</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C54" s="1">
         <v>27</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J54" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
         <v>2025</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C55" s="1">
         <v>27</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H55" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J55" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
         <v>2025</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C56" s="1">
         <v>32</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J56" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
         <v>2025</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C57" s="1">
         <v>32</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J57" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
         <v>2025</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C58" s="1">
         <v>32</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J58" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
         <v>2025</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C59" s="1">
         <v>32</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J59" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
         <v>2025</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C60" s="1">
         <v>32</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J60" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
         <v>2025</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C61" s="1">
         <v>32</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J61" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
         <v>2025</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C62" s="1">
         <v>36</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>2025</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C63" s="1">
         <v>36</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
         <v>2025</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C64" s="1">
         <v>36</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
         <v>2025</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C65" s="1">
         <v>36</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
         <v>2025</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C66" s="1">
         <v>36</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H66" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
         <v>2025</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C67" s="1">
         <v>36</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>2025</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C68" s="1">
         <v>12</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>2025</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C69" s="1">
         <v>12</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
         <v>2025</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C70" s="1">
         <v>12</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
         <v>2025</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C71" s="1">
         <v>12</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
         <v>2025</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C72" s="1">
         <v>12</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
         <v>2025</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C73" s="1">
         <v>12</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>