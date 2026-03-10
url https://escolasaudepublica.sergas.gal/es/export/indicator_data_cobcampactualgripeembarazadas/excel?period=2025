--- v0 (2026-01-23)
+++ v1 (2026-03-10)
@@ -68,135 +68,135 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
     <t>Gripe</t>
   </si>
   <si>
     <t>Embarazadas</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>54,32</t>
+    <t>54,45</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>52,43</t>
+    <t>52,74</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>42,48</t>
+    <t>42,8</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>41,26</t>
+    <t>41,87</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>47,74</t>
+    <t>47,99</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>54,73</t>
+    <t>55,34</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>48,27</t>
+    <t>49,1</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>A Coruña</t>
   </si>
   <si>
-    <t>54,05</t>
+    <t>54,4</t>
   </si>
   <si>
     <t>Lugo</t>
   </si>
   <si>
     <t>Ourense</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>48,74</t>
+    <t>49,32</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>49,58</t>
+    <t>50,03</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>