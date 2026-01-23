--- v1 (2025-12-03)
+++ v2 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Exportación de datos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
     <t>Código espazo</t>
   </si>
   <si>
     <t>Espazo</t>
   </si>
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>Enfermidade (Antígeno)</t>
   </si>
   <si>
     <t>Grupo poblacional</t>
   </si>
   <si>
     <t>Campaña</t>
   </si>
   <si>
@@ -68,390 +68,381 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Homes</t>
   </si>
   <si>
     <t>Gripe</t>
   </si>
   <si>
     <t>60-69 anos</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>60-69</t>
   </si>
   <si>
-    <t>47,89</t>
+    <t>60,19</t>
   </si>
   <si>
     <t>70-79 anos</t>
   </si>
   <si>
     <t>70-79</t>
   </si>
   <si>
-    <t>75,39</t>
+    <t>78,25</t>
   </si>
   <si>
     <t>80 ou máis anos</t>
   </si>
   <si>
     <t>80 ou máis</t>
   </si>
   <si>
-    <t>87,72</t>
+    <t>90,45</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
-    <t>46,56</t>
-[...5 lines deleted...]
-    <t>80,5</t>
+    <t>59,09</t>
+  </si>
+  <si>
+    <t>72,84</t>
+  </si>
+  <si>
+    <t>83,73</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>47,18</t>
-[...5 lines deleted...]
-    <t>83,17</t>
+    <t>59,61</t>
+  </si>
+  <si>
+    <t>75,23</t>
+  </si>
+  <si>
+    <t>86,22</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>38,7</t>
-[...23 lines deleted...]
-    <t>78,3</t>
+    <t>57,6</t>
+  </si>
+  <si>
+    <t>77,11</t>
+  </si>
+  <si>
+    <t>84,95</t>
+  </si>
+  <si>
+    <t>58,39</t>
+  </si>
+  <si>
+    <t>72,14</t>
+  </si>
+  <si>
+    <t>80,13</t>
+  </si>
+  <si>
+    <t>58,01</t>
+  </si>
+  <si>
+    <t>74,36</t>
+  </si>
+  <si>
+    <t>81,89</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>43,55</t>
-[...23 lines deleted...]
-    <t>78,76</t>
+    <t>52,41</t>
+  </si>
+  <si>
+    <t>74,93</t>
+  </si>
+  <si>
+    <t>83,87</t>
+  </si>
+  <si>
+    <t>54,84</t>
+  </si>
+  <si>
+    <t>72,07</t>
+  </si>
+  <si>
+    <t>79,43</t>
+  </si>
+  <si>
+    <t>53,63</t>
+  </si>
+  <si>
+    <t>73,43</t>
+  </si>
+  <si>
+    <t>81,14</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>36,64</t>
-[...23 lines deleted...]
-    <t>82,77</t>
+    <t>52,82</t>
+  </si>
+  <si>
+    <t>74,55</t>
+  </si>
+  <si>
+    <t>87,13</t>
+  </si>
+  <si>
+    <t>52,63</t>
+  </si>
+  <si>
+    <t>70,57</t>
+  </si>
+  <si>
+    <t>82,52</t>
+  </si>
+  <si>
+    <t>52,72</t>
+  </si>
+  <si>
+    <t>72,41</t>
+  </si>
+  <si>
+    <t>84,27</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>39,9</t>
-[...20 lines deleted...]
-    <t>77,45</t>
+    <t>52,26</t>
+  </si>
+  <si>
+    <t>72,33</t>
+  </si>
+  <si>
+    <t>86,49</t>
+  </si>
+  <si>
+    <t>51,58</t>
+  </si>
+  <si>
+    <t>67,96</t>
+  </si>
+  <si>
+    <t>77,7</t>
+  </si>
+  <si>
+    <t>51,9</t>
+  </si>
+  <si>
+    <t>69,94</t>
+  </si>
+  <si>
+    <t>80,89</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>40,2</t>
-[...23 lines deleted...]
-    <t>81,04</t>
+    <t>59,64</t>
+  </si>
+  <si>
+    <t>78,46</t>
+  </si>
+  <si>
+    <t>87,81</t>
+  </si>
+  <si>
+    <t>58,87</t>
+  </si>
+  <si>
+    <t>73,99</t>
+  </si>
+  <si>
+    <t>81,87</t>
+  </si>
+  <si>
+    <t>59,24</t>
+  </si>
+  <si>
+    <t>76,02</t>
+  </si>
+  <si>
+    <t>84,05</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>22,96</t>
-[...23 lines deleted...]
-    <t>74,2</t>
+    <t>47,45</t>
+  </si>
+  <si>
+    <t>67,69</t>
+  </si>
+  <si>
+    <t>84,67</t>
+  </si>
+  <si>
+    <t>45,11</t>
+  </si>
+  <si>
+    <t>62,47</t>
+  </si>
+  <si>
+    <t>46,21</t>
+  </si>
+  <si>
+    <t>64,81</t>
+  </si>
+  <si>
+    <t>78,18</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>A Coruña</t>
   </si>
   <si>
-    <t>43,71</t>
-[...23 lines deleted...]
-    <t>81,85</t>
+    <t>59,74</t>
+  </si>
+  <si>
+    <t>78,36</t>
+  </si>
+  <si>
+    <t>88,96</t>
+  </si>
+  <si>
+    <t>73,18</t>
+  </si>
+  <si>
+    <t>82,66</t>
+  </si>
+  <si>
+    <t>59,35</t>
+  </si>
+  <si>
+    <t>75,49</t>
+  </si>
+  <si>
+    <t>84,98</t>
   </si>
   <si>
     <t>Lugo</t>
   </si>
   <si>
     <t>Ourense</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>29,69</t>
-[...23 lines deleted...]
-    <t>75,58</t>
+    <t>49,71</t>
+  </si>
+  <si>
+    <t>69,76</t>
+  </si>
+  <si>
+    <t>85,07</t>
+  </si>
+  <si>
+    <t>48,09</t>
+  </si>
+  <si>
+    <t>64,99</t>
+  </si>
+  <si>
+    <t>48,85</t>
+  </si>
+  <si>
+    <t>67,14</t>
+  </si>
+  <si>
+    <t>79,29</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>38,19</t>
-[...23 lines deleted...]
-    <t>79,67</t>
+    <t>54,59</t>
+  </si>
+  <si>
+    <t>74,57</t>
+  </si>
+  <si>
+    <t>86,74</t>
+  </si>
+  <si>
+    <t>54,01</t>
+  </si>
+  <si>
+    <t>69,99</t>
+  </si>
+  <si>
+    <t>80,17</t>
+  </si>
+  <si>
+    <t>54,28</t>
+  </si>
+  <si>
+    <t>82,6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2023,833 +2014,833 @@
       <c r="B39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>42</v>
+        <v>69</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
         <v>2025</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1">
         <v>2025</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1">
         <v>2025</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1">
         <v>2025</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
         <v>2025</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
         <v>2025</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
         <v>2025</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1">
         <v>2025</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1">
         <v>2025</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1">
         <v>2025</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1">
         <v>2025</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1">
         <v>2025</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
         <v>2025</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
         <v>2025</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J53" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
         <v>2025</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J54" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
         <v>2025</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H55" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
         <v>2025</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
         <v>2025</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
         <v>2025</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
         <v>2025</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
         <v>2025</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
         <v>2025</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>94</v>
+        <v>58</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
         <v>2025</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J62" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>2025</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J63" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
         <v>2025</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J64" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
         <v>2025</v>
       </c>
       <c r="B65" s="1" t="s">
@@ -2950,1364 +2941,1364 @@
       </c>
       <c r="B68" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C68" s="1">
         <v>15</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="J68" s="1" t="s">
-        <v>103</v>
+      <c r="J68" s="1">
+        <v>59</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>2025</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C69" s="1">
         <v>15</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
         <v>2025</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C70" s="1">
         <v>15</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
         <v>2025</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C71" s="1">
         <v>15</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
         <v>2025</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C72" s="1">
         <v>15</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
         <v>2025</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C73" s="1">
         <v>15</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
         <v>2025</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C74" s="1">
         <v>27</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J74" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
         <v>2025</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C75" s="1">
         <v>27</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H75" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J75" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>2025</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C76" s="1">
         <v>27</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J76" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>2025</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C77" s="1">
         <v>27</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J77" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
         <v>2025</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C78" s="1">
         <v>27</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J78" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
         <v>2025</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C79" s="1">
         <v>27</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J79" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>2025</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C80" s="1">
         <v>27</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J80" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
         <v>2025</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C81" s="1">
         <v>27</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J81" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
         <v>2025</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C82" s="1">
         <v>27</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J82" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
         <v>2025</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C83" s="1">
         <v>32</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J83" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>2025</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C84" s="1">
         <v>32</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J84" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
         <v>2025</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C85" s="1">
         <v>32</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J85" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
         <v>2025</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C86" s="1">
         <v>32</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J86" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>2025</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C87" s="1">
         <v>32</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J87" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>2025</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C88" s="1">
         <v>32</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J88" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
         <v>2025</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C89" s="1">
         <v>32</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J89" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
         <v>2025</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C90" s="1">
         <v>32</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J90" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
         <v>2025</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C91" s="1">
         <v>32</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J91" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
         <v>2025</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C92" s="1">
         <v>36</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>2025</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C93" s="1">
         <v>36</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>2025</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C94" s="1">
         <v>36</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
         <v>2025</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C95" s="1">
         <v>36</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H95" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J95" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
         <v>2025</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C96" s="1">
         <v>36</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H96" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J96" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>2025</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C97" s="1">
         <v>36</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H97" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J97" s="1" t="s">
-        <v>117</v>
+        <v>86</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>2025</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C98" s="1">
         <v>36</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J98" s="1" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>2025</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C99" s="1">
         <v>36</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H99" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>2025</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C100" s="1">
         <v>36</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H100" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J100" s="1" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>2025</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C101" s="1">
         <v>12</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J101" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>2025</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C102" s="1">
         <v>12</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H102" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J102" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
         <v>2025</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C103" s="1">
         <v>12</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H103" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J103" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>2025</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C104" s="1">
         <v>12</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J104" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>2025</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C105" s="1">
         <v>12</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J105" s="1" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>2025</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C106" s="1">
         <v>12</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J106" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>2025</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C107" s="1">
         <v>12</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H107" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J107" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>2025</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C108" s="1">
         <v>12</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H108" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J108" s="1" t="s">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>2025</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C109" s="1">
         <v>12</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H109" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J109" s="1" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>