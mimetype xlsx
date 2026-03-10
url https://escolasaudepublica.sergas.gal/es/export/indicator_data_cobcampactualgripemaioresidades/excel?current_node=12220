--- v2 (2026-01-23)
+++ v3 (2026-03-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Exportación de datos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
     <t>Código espazo</t>
   </si>
   <si>
     <t>Espazo</t>
   </si>
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>Enfermidade (Antígeno)</t>
   </si>
   <si>
     <t>Grupo poblacional</t>
   </si>
   <si>
     <t>Campaña</t>
   </si>
   <si>
@@ -68,381 +68,390 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Homes</t>
   </si>
   <si>
     <t>Gripe</t>
   </si>
   <si>
     <t>60-69 anos</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>60-69</t>
   </si>
   <si>
-    <t>60,19</t>
+    <t>59,21</t>
   </si>
   <si>
     <t>70-79 anos</t>
   </si>
   <si>
     <t>70-79</t>
   </si>
   <si>
-    <t>78,25</t>
+    <t>78,03</t>
   </si>
   <si>
     <t>80 ou máis anos</t>
   </si>
   <si>
     <t>80 ou máis</t>
   </si>
   <si>
-    <t>90,45</t>
+    <t>87,86</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
-    <t>59,09</t>
-[...5 lines deleted...]
-    <t>83,73</t>
+    <t>57,76</t>
+  </si>
+  <si>
+    <t>72,71</t>
+  </si>
+  <si>
+    <t>81,75</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>59,61</t>
-[...5 lines deleted...]
-    <t>86,22</t>
+    <t>58,44</t>
+  </si>
+  <si>
+    <t>75,06</t>
+  </si>
+  <si>
+    <t>84,02</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>57,6</t>
-[...23 lines deleted...]
-    <t>81,89</t>
+    <t>56,81</t>
+  </si>
+  <si>
+    <t>76,63</t>
+  </si>
+  <si>
+    <t>83,75</t>
+  </si>
+  <si>
+    <t>57,72</t>
+  </si>
+  <si>
+    <t>71,81</t>
+  </si>
+  <si>
+    <t>79,7</t>
+  </si>
+  <si>
+    <t>57,29</t>
+  </si>
+  <si>
+    <t>73,96</t>
+  </si>
+  <si>
+    <t>81,19</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>52,41</t>
-[...23 lines deleted...]
-    <t>81,14</t>
+    <t>51,91</t>
+  </si>
+  <si>
+    <t>74,22</t>
+  </si>
+  <si>
+    <t>83,63</t>
+  </si>
+  <si>
+    <t>53,75</t>
+  </si>
+  <si>
+    <t>71,69</t>
+  </si>
+  <si>
+    <t>80,09</t>
+  </si>
+  <si>
+    <t>52,84</t>
+  </si>
+  <si>
+    <t>72,89</t>
+  </si>
+  <si>
+    <t>81,46</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>52,82</t>
-[...23 lines deleted...]
-    <t>84,27</t>
+    <t>52,62</t>
+  </si>
+  <si>
+    <t>74,3</t>
+  </si>
+  <si>
+    <t>86,2</t>
+  </si>
+  <si>
+    <t>51,9</t>
+  </si>
+  <si>
+    <t>70,92</t>
+  </si>
+  <si>
+    <t>81,95</t>
+  </si>
+  <si>
+    <t>52,25</t>
+  </si>
+  <si>
+    <t>72,49</t>
+  </si>
+  <si>
+    <t>83,57</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>52,26</t>
-[...23 lines deleted...]
-    <t>80,89</t>
+    <t>51,34</t>
+  </si>
+  <si>
+    <t>72,13</t>
+  </si>
+  <si>
+    <t>82,84</t>
+  </si>
+  <si>
+    <t>50,87</t>
+  </si>
+  <si>
+    <t>67,36</t>
+  </si>
+  <si>
+    <t>76,07</t>
+  </si>
+  <si>
+    <t>51,09</t>
+  </si>
+  <si>
+    <t>69,52</t>
+  </si>
+  <si>
+    <t>78,56</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>59,64</t>
-[...23 lines deleted...]
-    <t>84,05</t>
+    <t>58,32</t>
+  </si>
+  <si>
+    <t>77,72</t>
+  </si>
+  <si>
+    <t>86,28</t>
+  </si>
+  <si>
+    <t>57,86</t>
+  </si>
+  <si>
+    <t>73,5</t>
+  </si>
+  <si>
+    <t>80,61</t>
+  </si>
+  <si>
+    <t>58,08</t>
+  </si>
+  <si>
+    <t>75,42</t>
+  </si>
+  <si>
+    <t>82,7</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>47,45</t>
+    <t>46,68</t>
   </si>
   <si>
     <t>67,69</t>
   </si>
   <si>
-    <t>84,67</t>
-[...14 lines deleted...]
-    <t>78,18</t>
+    <t>81,07</t>
+  </si>
+  <si>
+    <t>44,54</t>
+  </si>
+  <si>
+    <t>61,97</t>
+  </si>
+  <si>
+    <t>72,88</t>
+  </si>
+  <si>
+    <t>45,54</t>
+  </si>
+  <si>
+    <t>64,52</t>
+  </si>
+  <si>
+    <t>75,86</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>A Coruña</t>
   </si>
   <si>
-    <t>59,74</t>
-[...20 lines deleted...]
-    <t>84,98</t>
+    <t>58,64</t>
+  </si>
+  <si>
+    <t>77,9</t>
+  </si>
+  <si>
+    <t>86,84</t>
+  </si>
+  <si>
+    <t>72,86</t>
+  </si>
+  <si>
+    <t>81,15</t>
+  </si>
+  <si>
+    <t>58,23</t>
+  </si>
+  <si>
+    <t>75,11</t>
+  </si>
+  <si>
+    <t>83,25</t>
   </si>
   <si>
     <t>Lugo</t>
   </si>
   <si>
     <t>Ourense</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>49,71</t>
-[...20 lines deleted...]
-    <t>79,29</t>
+    <t>48,91</t>
+  </si>
+  <si>
+    <t>69,66</t>
+  </si>
+  <si>
+    <t>81,83</t>
+  </si>
+  <si>
+    <t>47,47</t>
+  </si>
+  <si>
+    <t>64,49</t>
+  </si>
+  <si>
+    <t>74,49</t>
+  </si>
+  <si>
+    <t>48,15</t>
+  </si>
+  <si>
+    <t>66,82</t>
+  </si>
+  <si>
+    <t>77,17</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>54,59</t>
-[...20 lines deleted...]
-    <t>82,6</t>
+    <t>53,78</t>
+  </si>
+  <si>
+    <t>74,24</t>
+  </si>
+  <si>
+    <t>84,77</t>
+  </si>
+  <si>
+    <t>53,11</t>
+  </si>
+  <si>
+    <t>69,69</t>
+  </si>
+  <si>
+    <t>79,1</t>
+  </si>
+  <si>
+    <t>53,43</t>
+  </si>
+  <si>
+    <t>71,75</t>
+  </si>
+  <si>
+    <t>81,21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2718,1587 +2727,1587 @@
       <c r="B61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>58</v>
+        <v>95</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
         <v>2025</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>2025</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
         <v>2025</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
         <v>2025</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C65" s="1">
         <v>15</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
         <v>2025</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C66" s="1">
         <v>15</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H66" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
         <v>2025</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C67" s="1">
         <v>15</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>2025</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C68" s="1">
         <v>15</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="J68" s="1">
-        <v>59</v>
+      <c r="J68" s="1" t="s">
+        <v>82</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>2025</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C69" s="1">
         <v>15</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
         <v>2025</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C70" s="1">
         <v>15</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
         <v>2025</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C71" s="1">
         <v>15</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
         <v>2025</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C72" s="1">
         <v>15</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
         <v>2025</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C73" s="1">
         <v>15</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
         <v>2025</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C74" s="1">
         <v>27</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J74" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
         <v>2025</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C75" s="1">
         <v>27</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H75" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J75" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>2025</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C76" s="1">
         <v>27</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J76" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>2025</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C77" s="1">
         <v>27</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J77" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
         <v>2025</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C78" s="1">
         <v>27</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J78" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
         <v>2025</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C79" s="1">
         <v>27</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J79" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>2025</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C80" s="1">
         <v>27</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J80" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
         <v>2025</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C81" s="1">
         <v>27</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J81" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
         <v>2025</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C82" s="1">
         <v>27</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J82" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
         <v>2025</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C83" s="1">
         <v>32</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J83" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>2025</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C84" s="1">
         <v>32</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J84" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
         <v>2025</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C85" s="1">
         <v>32</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J85" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
         <v>2025</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C86" s="1">
         <v>32</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J86" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>2025</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C87" s="1">
         <v>32</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J87" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>2025</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C88" s="1">
         <v>32</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J88" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
         <v>2025</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C89" s="1">
         <v>32</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J89" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
         <v>2025</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C90" s="1">
         <v>32</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J90" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
         <v>2025</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C91" s="1">
         <v>32</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J91" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
         <v>2025</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C92" s="1">
         <v>36</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>2025</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C93" s="1">
         <v>36</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>2025</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C94" s="1">
         <v>36</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
         <v>2025</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C95" s="1">
         <v>36</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H95" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J95" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
         <v>2025</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C96" s="1">
         <v>36</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H96" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J96" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>2025</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C97" s="1">
         <v>36</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H97" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J97" s="1" t="s">
-        <v>86</v>
+        <v>117</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>2025</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C98" s="1">
         <v>36</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J98" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>2025</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C99" s="1">
         <v>36</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H99" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>2025</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C100" s="1">
         <v>36</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H100" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J100" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>2025</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C101" s="1">
         <v>12</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J101" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>2025</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C102" s="1">
         <v>12</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H102" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J102" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
         <v>2025</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C103" s="1">
         <v>12</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H103" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J103" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>2025</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C104" s="1">
         <v>12</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J104" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>2025</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C105" s="1">
         <v>12</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J105" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>2025</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C106" s="1">
         <v>12</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J106" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>2025</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C107" s="1">
         <v>12</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H107" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J107" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>2025</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C108" s="1">
         <v>12</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H108" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J108" s="1" t="s">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>2025</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C109" s="1">
         <v>12</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H109" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J109" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>