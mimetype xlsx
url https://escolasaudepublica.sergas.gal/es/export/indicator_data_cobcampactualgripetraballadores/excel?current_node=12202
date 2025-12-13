--- v1 (2025-12-03)
+++ v2 (2025-12-13)
@@ -68,165 +68,165 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Homes</t>
   </si>
   <si>
     <t>Gripe</t>
   </si>
   <si>
     <t>Persoal sanitario</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>78,76</t>
+    <t>84,2</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
-    <t>77,5</t>
-[...2 lines deleted...]
-    <t>77,76</t>
+    <t>80,78</t>
+  </si>
+  <si>
+    <t>81,49</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>49,48</t>
-[...5 lines deleted...]
-    <t>54,87</t>
+    <t>51,57</t>
+  </si>
+  <si>
+    <t>59,09</t>
+  </si>
+  <si>
+    <t>57,51</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>48,8</t>
-[...5 lines deleted...]
-    <t>47,7</t>
+    <t>53,09</t>
+  </si>
+  <si>
+    <t>51,62</t>
+  </si>
+  <si>
+    <t>51,92</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>47,38</t>
-[...5 lines deleted...]
-    <t>47,52</t>
+    <t>50,37</t>
+  </si>
+  <si>
+    <t>51,29</t>
+  </si>
+  <si>
+    <t>51,07</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>63,96</t>
-[...5 lines deleted...]
-    <t>60,46</t>
+    <t>70,17</t>
+  </si>
+  <si>
+    <t>64,43</t>
+  </si>
+  <si>
+    <t>65,62</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>66,82</t>
-[...5 lines deleted...]
-    <t>62,28</t>
+    <t>70,55</t>
+  </si>
+  <si>
+    <t>64,12</t>
+  </si>
+  <si>
+    <t>65,72</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>66,37</t>
-[...5 lines deleted...]
-    <t>57,79</t>
+    <t>69,59</t>
+  </si>
+  <si>
+    <t>58,52</t>
+  </si>
+  <si>
+    <t>60,64</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>62,04</t>
-[...5 lines deleted...]
-    <t>59,59</t>
+    <t>66,1</t>
+  </si>
+  <si>
+    <t>62,44</t>
+  </si>
+  <si>
+    <t>63,23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>