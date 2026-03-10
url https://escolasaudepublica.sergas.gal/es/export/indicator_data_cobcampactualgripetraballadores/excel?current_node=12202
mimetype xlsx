--- v2 (2025-12-13)
+++ v3 (2026-03-10)
@@ -68,165 +68,165 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Homes</t>
   </si>
   <si>
     <t>Gripe</t>
   </si>
   <si>
     <t>Persoal sanitario</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>84,2</t>
+    <t>67,75</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
-    <t>80,78</t>
-[...2 lines deleted...]
-    <t>81,49</t>
+    <t>65,66</t>
+  </si>
+  <si>
+    <t>66,1</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>51,57</t>
-[...5 lines deleted...]
-    <t>57,51</t>
+    <t>44,87</t>
+  </si>
+  <si>
+    <t>51,17</t>
+  </si>
+  <si>
+    <t>49,85</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>53,09</t>
-[...5 lines deleted...]
-    <t>51,92</t>
+    <t>46,49</t>
+  </si>
+  <si>
+    <t>48,37</t>
+  </si>
+  <si>
+    <t>47,97</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>50,37</t>
-[...5 lines deleted...]
-    <t>51,07</t>
+    <t>50,93</t>
+  </si>
+  <si>
+    <t>48,55</t>
+  </si>
+  <si>
+    <t>49,09</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>70,17</t>
-[...5 lines deleted...]
-    <t>65,62</t>
+    <t>55,28</t>
+  </si>
+  <si>
+    <t>53,8</t>
+  </si>
+  <si>
+    <t>54,12</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>70,55</t>
-[...5 lines deleted...]
-    <t>65,72</t>
+    <t>58,49</t>
+  </si>
+  <si>
+    <t>55,01</t>
+  </si>
+  <si>
+    <t>55,89</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>69,59</t>
-[...5 lines deleted...]
-    <t>60,64</t>
+    <t>56,56</t>
+  </si>
+  <si>
+    <t>50,82</t>
+  </si>
+  <si>
+    <t>51,99</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>66,1</t>
-[...5 lines deleted...]
-    <t>63,23</t>
+    <t>56,13</t>
+  </si>
+  <si>
+    <t>54,26</t>
+  </si>
+  <si>
+    <t>54,67</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>