--- v0 (2025-10-11)
+++ v1 (2025-12-03)
@@ -74,78 +74,78 @@
   <si>
     <t>2015-2019</t>
   </si>
   <si>
     <t>Todos, excepto de pel non melanoma</t>
   </si>
   <si>
     <t>2,7</t>
   </si>
   <si>
     <t>7,1</t>
   </si>
   <si>
     <t>9,1</t>
   </si>
   <si>
     <t>11,1</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
     <t>1,9</t>
   </si>
   <si>
-    <t>3,6</t>
+    <t>3,5</t>
   </si>
   <si>
     <t>5,2</t>
   </si>
   <si>
-    <t>6,8</t>
-[...2 lines deleted...]
-    <t>8,8</t>
+    <t>6,7</t>
+  </si>
+  <si>
+    <t>8,4</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>2,4</t>
   </si>
   <si>
     <t>4,4</t>
   </si>
   <si>
     <t>6,3</t>
   </si>
   <si>
     <t>8,2</t>
   </si>
   <si>
-    <t>10,2</t>
+    <t>10,1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -502,457 +502,457 @@
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1">
         <v>12</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="1">
         <v>1</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="1">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H3" s="1">
         <v>2</v>
       </c>
       <c r="I3" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>12</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H4" s="1">
         <v>3</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="1">
         <v>12</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="1">
         <v>4</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="1">
         <v>12</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H6" s="1">
         <v>5</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="1">
         <v>12</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H7" s="1">
         <v>1</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="1">
         <v>12</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H8" s="1">
         <v>2</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="1">
         <v>12</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H9" s="1">
         <v>3</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="1">
         <v>12</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="1">
         <v>4</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="1">
         <v>12</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H11" s="1">
         <v>5</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="1">
         <v>12</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H12" s="1">
         <v>1</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="1">
         <v>12</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H13" s="1">
         <v>2</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="1">
         <v>12</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H14" s="1">
         <v>3</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="1">
         <v>12</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H15" s="1">
         <v>4</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="1">
         <v>12</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="1">
         <v>5</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>29</v>
       </c>