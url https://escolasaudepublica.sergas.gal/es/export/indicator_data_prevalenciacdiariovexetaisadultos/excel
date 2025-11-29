--- v0 (2025-10-05)
+++ v1 (2025-11-29)
@@ -12,383 +12,512 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Exportación de datos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
     <t>Código espazo</t>
   </si>
   <si>
     <t>Espazo</t>
   </si>
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>Grupo Idade</t>
   </si>
   <si>
     <t>Prevalencia</t>
   </si>
   <si>
     <t>Límite inferior (IC95%)</t>
   </si>
   <si>
     <t>Límite superior (IC95%)</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
+    <t>Homes</t>
+  </si>
+  <si>
     <t>Total</t>
   </si>
   <si>
+    <t>23,98</t>
+  </si>
+  <si>
+    <t>22,59</t>
+  </si>
+  <si>
+    <t>25,44</t>
+  </si>
+  <si>
+    <t>Mulleres</t>
+  </si>
+  <si>
+    <t>41,56</t>
+  </si>
+  <si>
+    <t>39,91</t>
+  </si>
+  <si>
+    <t>43,23</t>
+  </si>
+  <si>
+    <t>16-24</t>
+  </si>
+  <si>
+    <t>25,72</t>
+  </si>
+  <si>
+    <t>23,83</t>
+  </si>
+  <si>
+    <t>27,7</t>
+  </si>
+  <si>
+    <t>25-44</t>
+  </si>
+  <si>
+    <t>36,04</t>
+  </si>
+  <si>
+    <t>33,98</t>
+  </si>
+  <si>
+    <t>38,16</t>
+  </si>
+  <si>
+    <t>45-64</t>
+  </si>
+  <si>
+    <t>35,53</t>
+  </si>
+  <si>
+    <t>33,47</t>
+  </si>
+  <si>
+    <t>37,64</t>
+  </si>
+  <si>
+    <t>65 e máis</t>
+  </si>
+  <si>
+    <t>30,23</t>
+  </si>
+  <si>
+    <t>28,22</t>
+  </si>
+  <si>
+    <t>32,32</t>
+  </si>
+  <si>
+    <t>33,18</t>
+  </si>
+  <si>
+    <t>32,08</t>
+  </si>
+  <si>
+    <t>34,31</t>
+  </si>
+  <si>
+    <t>Área sanitaria</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>A Coruña e Cee</t>
+  </si>
+  <si>
+    <t>30,58</t>
+  </si>
+  <si>
+    <t>28,29</t>
+  </si>
+  <si>
+    <t>32,97</t>
+  </si>
+  <si>
+    <t>FE</t>
+  </si>
+  <si>
+    <t>Ferrol</t>
+  </si>
+  <si>
+    <t>35,58</t>
+  </si>
+  <si>
+    <t>31,2</t>
+  </si>
+  <si>
+    <t>40,2</t>
+  </si>
+  <si>
+    <t>LU</t>
+  </si>
+  <si>
+    <t>Lugo, A Mariña e Monforte de Lemos</t>
+  </si>
+  <si>
+    <t>35,23</t>
+  </si>
+  <si>
+    <t>31,74</t>
+  </si>
+  <si>
+    <t>38,89</t>
+  </si>
+  <si>
+    <t>OU</t>
+  </si>
+  <si>
+    <t>Ourense, Verín e O Barco de Valdeorras</t>
+  </si>
+  <si>
+    <t>39,27</t>
+  </si>
+  <si>
+    <t>35,55</t>
+  </si>
+  <si>
+    <t>43,11</t>
+  </si>
+  <si>
+    <t>PO</t>
+  </si>
+  <si>
+    <t>Pontevedra e O Salnés</t>
+  </si>
+  <si>
+    <t>31,33</t>
+  </si>
+  <si>
+    <t>28,09</t>
+  </si>
+  <si>
+    <t>34,77</t>
+  </si>
+  <si>
+    <t>SC</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela e Barbanza</t>
+  </si>
+  <si>
+    <t>32,23</t>
+  </si>
+  <si>
+    <t>29,66</t>
+  </si>
+  <si>
+    <t>34,92</t>
+  </si>
+  <si>
+    <t>VI</t>
+  </si>
+  <si>
+    <t>Vigo</t>
+  </si>
+  <si>
+    <t>33,13</t>
+  </si>
+  <si>
+    <t>30,84</t>
+  </si>
+  <si>
+    <t>35,51</t>
+  </si>
+  <si>
+    <t>36,22</t>
+  </si>
+  <si>
+    <t>34,62</t>
+  </si>
+  <si>
+    <t>37,85</t>
+  </si>
+  <si>
+    <t>52,4</t>
+  </si>
+  <si>
+    <t>50,72</t>
+  </si>
+  <si>
+    <t>54,08</t>
+  </si>
+  <si>
+    <t>42,82</t>
+  </si>
+  <si>
+    <t>40,57</t>
+  </si>
+  <si>
+    <t>45,1</t>
+  </si>
+  <si>
+    <t>45,41</t>
+  </si>
+  <si>
+    <t>43,22</t>
+  </si>
+  <si>
+    <t>47,62</t>
+  </si>
+  <si>
+    <t>47,26</t>
+  </si>
+  <si>
+    <t>45,09</t>
+  </si>
+  <si>
+    <t>49,44</t>
+  </si>
+  <si>
+    <t>41,44</t>
+  </si>
+  <si>
+    <t>39,28</t>
+  </si>
+  <si>
+    <t>43,64</t>
+  </si>
+  <si>
     <t>44,69</t>
   </si>
   <si>
     <t>43,51</t>
   </si>
   <si>
-    <t>45,86</t>
-[...80 lines deleted...]
-    <t>A Coruña e Cee</t>
+    <t>45,87</t>
   </si>
   <si>
     <t>44,33</t>
   </si>
   <si>
     <t>41,77</t>
   </si>
   <si>
     <t>46,93</t>
   </si>
   <si>
-    <t>SC</t>
-[...2 lines deleted...]
-    <t>Santiago de Compostela e Barbanza</t>
+    <t>49,46</t>
+  </si>
+  <si>
+    <t>45,07</t>
+  </si>
+  <si>
+    <t>53,87</t>
+  </si>
+  <si>
+    <t>45,55</t>
+  </si>
+  <si>
+    <t>42,12</t>
+  </si>
+  <si>
+    <t>49,01</t>
+  </si>
+  <si>
+    <t>47,49</t>
+  </si>
+  <si>
+    <t>43,88</t>
+  </si>
+  <si>
+    <t>51,12</t>
+  </si>
+  <si>
+    <t>38,7</t>
+  </si>
+  <si>
+    <t>35,26</t>
+  </si>
+  <si>
+    <t>42,25</t>
   </si>
   <si>
     <t>43,26</t>
   </si>
   <si>
     <t>40,42</t>
   </si>
   <si>
     <t>46,15</t>
   </si>
   <si>
-    <t>FE</t>
-[...64 lines deleted...]
-  <si>
     <t>45,7</t>
   </si>
   <si>
     <t>43,15</t>
   </si>
   <si>
     <t>48,28</t>
   </si>
   <si>
+    <t>47,52</t>
+  </si>
+  <si>
+    <t>45,85</t>
+  </si>
+  <si>
+    <t>49,21</t>
+  </si>
+  <si>
+    <t>63,72</t>
+  </si>
+  <si>
+    <t>62,1</t>
+  </si>
+  <si>
+    <t>65,3</t>
+  </si>
+  <si>
+    <t>44,43</t>
+  </si>
+  <si>
+    <t>42,17</t>
+  </si>
+  <si>
+    <t>46,72</t>
+  </si>
+  <si>
+    <t>54,7</t>
+  </si>
+  <si>
+    <t>52,49</t>
+  </si>
+  <si>
+    <t>56,88</t>
+  </si>
+  <si>
+    <t>58,25</t>
+  </si>
+  <si>
+    <t>56,08</t>
+  </si>
+  <si>
+    <t>60,38</t>
+  </si>
+  <si>
+    <t>58,39</t>
+  </si>
+  <si>
+    <t>56,2</t>
+  </si>
+  <si>
+    <t>60,54</t>
+  </si>
+  <si>
     <t>54,83</t>
   </si>
   <si>
-    <t>57,16</t>
-[...53 lines deleted...]
-    <t>60,54</t>
+    <t>57,17</t>
   </si>
   <si>
     <t>57,49</t>
   </si>
   <si>
-    <t>54,96</t>
+    <t>54,95</t>
   </si>
   <si>
     <t>59,99</t>
   </si>
   <si>
+    <t>57,45</t>
+  </si>
+  <si>
+    <t>52,98</t>
+  </si>
+  <si>
+    <t>61,79</t>
+  </si>
+  <si>
+    <t>57,63</t>
+  </si>
+  <si>
+    <t>54,19</t>
+  </si>
+  <si>
+    <t>61,01</t>
+  </si>
+  <si>
+    <t>56,37</t>
+  </si>
+  <si>
+    <t>63,5</t>
+  </si>
+  <si>
+    <t>51,28</t>
+  </si>
+  <si>
+    <t>47,73</t>
+  </si>
+  <si>
+    <t>54,82</t>
+  </si>
+  <si>
     <t>51,88</t>
   </si>
   <si>
     <t>49,03</t>
   </si>
   <si>
     <t>54,72</t>
-  </si>
-[...28 lines deleted...]
-    <t>54,82</t>
   </si>
   <si>
     <t>56,94</t>
   </si>
   <si>
     <t>54,35</t>
   </si>
   <si>
     <t>59,5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -704,908 +833,1314 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I29"/>
+  <dimension ref="A1:I43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:I29"/>
+      <selection activeCell="A1" sqref="A1:I43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1">
         <v>12</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="1">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>12</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="1">
         <v>12</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="1">
         <v>12</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="1">
         <v>12</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="1">
         <v>12</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>42</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>57</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>58</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>62</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>63</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>67</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>68</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>72</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>73</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="1">
         <v>12</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>12</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>75</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="1">
         <v>12</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="1">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="1">
         <v>12</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="1">
         <v>12</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="1">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="1">
         <v>12</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="1">
         <v>12</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="1">
         <v>12</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="1">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="1">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="1">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>106</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="1">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="1">
+        <v>2014</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" s="1">
+        <v>12</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="F29" s="1" t="s">
-[...9 lines deleted...]
-        <v>113</v>
+      <c r="F30" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="1">
+        <v>2014</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" s="1">
+        <v>12</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="1">
+        <v>2014</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" s="1">
+        <v>12</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H32" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="1">
+        <v>2014</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" s="1">
+        <v>12</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H33" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="1">
+        <v>2014</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" s="1">
+        <v>12</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H34" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="1">
+        <v>2014</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" s="1">
+        <v>12</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H35" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="1">
+        <v>2014</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" s="1">
+        <v>12</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" s="1">
+        <v>56</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="1">
+        <v>2014</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="H37" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="1">
+        <v>2014</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="I38" s="1" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="1">
+        <v>2014</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="1">
+        <v>2014</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="I40" s="1" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="1">
+        <v>2014</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="1">
+        <v>2014</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H42" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="I42" s="1" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="1">
+        <v>2014</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>156</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>