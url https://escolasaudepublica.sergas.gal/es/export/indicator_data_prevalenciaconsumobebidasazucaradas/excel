--- v0 (2025-10-06)
+++ v1 (2025-11-30)
@@ -47,222 +47,222 @@
   <si>
     <t>Espazo</t>
   </si>
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>Grupo Idade</t>
   </si>
   <si>
     <t>Prevalencia</t>
   </si>
   <si>
     <t>Límite inferior (IC95%)</t>
   </si>
   <si>
     <t>Límite superior (IC95%)</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
+    <t>Homes</t>
+  </si>
+  <si>
     <t>Total</t>
   </si>
   <si>
+    <t>31,55</t>
+  </si>
+  <si>
+    <t>30,09</t>
+  </si>
+  <si>
+    <t>33,04</t>
+  </si>
+  <si>
+    <t>Mulleres</t>
+  </si>
+  <si>
+    <t>23,84</t>
+  </si>
+  <si>
+    <t>22,51</t>
+  </si>
+  <si>
+    <t>25,23</t>
+  </si>
+  <si>
+    <t>16-24</t>
+  </si>
+  <si>
+    <t>53,66</t>
+  </si>
+  <si>
+    <t>51,43</t>
+  </si>
+  <si>
+    <t>55,87</t>
+  </si>
+  <si>
+    <t>25-44</t>
+  </si>
+  <si>
+    <t>40,16</t>
+  </si>
+  <si>
+    <t>38,02</t>
+  </si>
+  <si>
+    <t>42,33</t>
+  </si>
+  <si>
+    <t>45-64</t>
+  </si>
+  <si>
+    <t>24,19</t>
+  </si>
+  <si>
+    <t>22,35</t>
+  </si>
+  <si>
+    <t>26,13</t>
+  </si>
+  <si>
+    <t>65 e máis</t>
+  </si>
+  <si>
+    <t>10,98</t>
+  </si>
+  <si>
+    <t>9,67</t>
+  </si>
+  <si>
+    <t>12,45</t>
+  </si>
+  <si>
     <t>27,51</t>
   </si>
   <si>
     <t>26,52</t>
   </si>
   <si>
     <t>28,53</t>
   </si>
   <si>
-    <t>Homes</t>
-[...70 lines deleted...]
-  <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>26,95</t>
   </si>
   <si>
     <t>24,79</t>
   </si>
   <si>
     <t>29,22</t>
   </si>
   <si>
+    <t>FE</t>
+  </si>
+  <si>
+    <t>Ferrol</t>
+  </si>
+  <si>
+    <t>24,76</t>
+  </si>
+  <si>
+    <t>21,29</t>
+  </si>
+  <si>
+    <t>28,59</t>
+  </si>
+  <si>
+    <t>LU</t>
+  </si>
+  <si>
+    <t>Lugo, A Mariña e Monforte de Lemos</t>
+  </si>
+  <si>
+    <t>25,83</t>
+  </si>
+  <si>
+    <t>22,94</t>
+  </si>
+  <si>
+    <t>28,95</t>
+  </si>
+  <si>
+    <t>OU</t>
+  </si>
+  <si>
+    <t>Ourense, Verín e O Barco de Valdeorras</t>
+  </si>
+  <si>
+    <t>26,46</t>
+  </si>
+  <si>
+    <t>23,46</t>
+  </si>
+  <si>
+    <t>29,69</t>
+  </si>
+  <si>
+    <t>PO</t>
+  </si>
+  <si>
+    <t>Pontevedra e O Salnés</t>
+  </si>
+  <si>
+    <t>28,12</t>
+  </si>
+  <si>
+    <t>25,02</t>
+  </si>
+  <si>
+    <t>31,45</t>
+  </si>
+  <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
     <t>29,41</t>
   </si>
   <si>
     <t>26,94</t>
-  </si>
-[...58 lines deleted...]
-    <t>31,45</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
     <t>28,69</t>
   </si>
   <si>
     <t>26,44</t>
   </si>
   <si>
     <t>31,07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -649,428 +649,428 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
         <v>2018</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1">
         <v>12</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1">
         <v>2018</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="1">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="1">
         <v>2018</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>12</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
         <v>2018</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="1">
         <v>12</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
         <v>2018</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="1">
         <v>12</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
         <v>2018</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="1">
         <v>12</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
         <v>2018</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="1">
         <v>12</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1">
         <v>2018</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>42</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
         <v>2018</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="I10" s="1">
-        <v>32</v>
+      <c r="I10" s="1" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1">
         <v>2018</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1">
         <v>2018</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1">
         <v>2018</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1">
         <v>2018</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="I14" s="1" t="s">
         <v>68</v>
+      </c>
+      <c r="I14" s="1">
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1">
         <v>2018</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>71</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>72</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>73</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">