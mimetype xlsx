--- v0 (2025-10-05)
+++ v1 (2026-03-04)
@@ -80,120 +80,120 @@
   <si>
     <t>7,28</t>
   </si>
   <si>
     <t>8,66</t>
   </si>
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>7,2</t>
   </si>
   <si>
     <t>5,93</t>
   </si>
   <si>
     <t>8,72</t>
   </si>
   <si>
+    <t>FE</t>
+  </si>
+  <si>
+    <t>Ferrol</t>
+  </si>
+  <si>
+    <t>7,77</t>
+  </si>
+  <si>
+    <t>5,5</t>
+  </si>
+  <si>
+    <t>10,87</t>
+  </si>
+  <si>
+    <t>LU</t>
+  </si>
+  <si>
+    <t>Lugo, A Mariña e Monforte de Lemos</t>
+  </si>
+  <si>
+    <t>9,07</t>
+  </si>
+  <si>
+    <t>7,02</t>
+  </si>
+  <si>
+    <t>11,65</t>
+  </si>
+  <si>
+    <t>OU</t>
+  </si>
+  <si>
+    <t>Ourense, Verín e O Barco de Valdeorras</t>
+  </si>
+  <si>
+    <t>7,12</t>
+  </si>
+  <si>
+    <t>5,17</t>
+  </si>
+  <si>
+    <t>9,73</t>
+  </si>
+  <si>
+    <t>PO</t>
+  </si>
+  <si>
+    <t>Pontevedra e O Salnés</t>
+  </si>
+  <si>
+    <t>6,93</t>
+  </si>
+  <si>
+    <t>10,9</t>
+  </si>
+  <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
     <t>7,89</t>
   </si>
   <si>
     <t>6,42</t>
   </si>
   <si>
     <t>9,67</t>
-  </si>
-[...55 lines deleted...]
-    <t>10,9</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
     <t>8,16</t>
   </si>
   <si>
     <t>6,76</t>
   </si>
   <si>
     <t>9,81</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -728,80 +728,80 @@
       </c>
       <c r="I6" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
         <v>2016</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="H7" s="1" t="s">
+      <c r="I7" s="1" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
         <v>2016</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="E8" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>44</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1">
         <v>2016</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">