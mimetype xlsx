--- v0 (2025-10-05)
+++ v1 (2025-11-29)
@@ -12,860 +12,983 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Exportación de datos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="314">
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
     <t>Código espazo</t>
   </si>
   <si>
     <t>Espazo</t>
   </si>
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>Grupo Idade</t>
   </si>
   <si>
     <t>Prevalencia</t>
   </si>
   <si>
     <t>Límite inferior (IC95%)</t>
   </si>
   <si>
     <t>Límite superior (IC95%)</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
+    <t>Homes</t>
+  </si>
+  <si>
     <t>Total</t>
   </si>
   <si>
+    <t>34,01</t>
+  </si>
+  <si>
+    <t>32,43</t>
+  </si>
+  <si>
+    <t>35,62</t>
+  </si>
+  <si>
+    <t>Mulleres</t>
+  </si>
+  <si>
+    <t>38,95</t>
+  </si>
+  <si>
+    <t>37,32</t>
+  </si>
+  <si>
+    <t>40,61</t>
+  </si>
+  <si>
+    <t>16-24</t>
+  </si>
+  <si>
+    <t>25,61</t>
+  </si>
+  <si>
+    <t>23,73</t>
+  </si>
+  <si>
+    <t>27,59</t>
+  </si>
+  <si>
+    <t>25-44</t>
+  </si>
+  <si>
+    <t>31,16</t>
+  </si>
+  <si>
+    <t>29,17</t>
+  </si>
+  <si>
+    <t>33,23</t>
+  </si>
+  <si>
+    <t>45-64</t>
+  </si>
+  <si>
+    <t>36,61</t>
+  </si>
+  <si>
+    <t>34,52</t>
+  </si>
+  <si>
+    <t>38,75</t>
+  </si>
+  <si>
+    <t>65 e máis</t>
+  </si>
+  <si>
+    <t>44,36</t>
+  </si>
+  <si>
+    <t>42,16</t>
+  </si>
+  <si>
+    <t>46,58</t>
+  </si>
+  <si>
+    <t>36,6</t>
+  </si>
+  <si>
+    <t>35,45</t>
+  </si>
+  <si>
+    <t>37,75</t>
+  </si>
+  <si>
+    <t>Área sanitaria</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>A Coruña e Cee</t>
+  </si>
+  <si>
+    <t>34,18</t>
+  </si>
+  <si>
+    <t>31,8</t>
+  </si>
+  <si>
+    <t>36,65</t>
+  </si>
+  <si>
+    <t>FE</t>
+  </si>
+  <si>
+    <t>Ferrol</t>
+  </si>
+  <si>
+    <t>39,05</t>
+  </si>
+  <si>
+    <t>34,58</t>
+  </si>
+  <si>
+    <t>43,72</t>
+  </si>
+  <si>
+    <t>LU</t>
+  </si>
+  <si>
+    <t>Lugo, A Mariña e Monforte de Lemos</t>
+  </si>
+  <si>
+    <t>36,91</t>
+  </si>
+  <si>
+    <t>33,37</t>
+  </si>
+  <si>
+    <t>40,59</t>
+  </si>
+  <si>
+    <t>OU</t>
+  </si>
+  <si>
+    <t>Ourense, Verín e O Barco de Valdeorras</t>
+  </si>
+  <si>
+    <t>40,42</t>
+  </si>
+  <si>
+    <t>36,68</t>
+  </si>
+  <si>
+    <t>44,27</t>
+  </si>
+  <si>
+    <t>PO</t>
+  </si>
+  <si>
+    <t>Pontevedra e O Salnés</t>
+  </si>
+  <si>
+    <t>38,55</t>
+  </si>
+  <si>
+    <t>35,1</t>
+  </si>
+  <si>
+    <t>42,12</t>
+  </si>
+  <si>
+    <t>SC</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela e Barbanza</t>
+  </si>
+  <si>
+    <t>37,98</t>
+  </si>
+  <si>
+    <t>35,29</t>
+  </si>
+  <si>
+    <t>40,75</t>
+  </si>
+  <si>
+    <t>VI</t>
+  </si>
+  <si>
+    <t>Vigo</t>
+  </si>
+  <si>
+    <t>34,45</t>
+  </si>
+  <si>
+    <t>32,13</t>
+  </si>
+  <si>
+    <t>36,85</t>
+  </si>
+  <si>
+    <t>30,54</t>
+  </si>
+  <si>
+    <t>28,86</t>
+  </si>
+  <si>
+    <t>32,28</t>
+  </si>
+  <si>
+    <t>43,76</t>
+  </si>
+  <si>
+    <t>41,9</t>
+  </si>
+  <si>
+    <t>45,64</t>
+  </si>
+  <si>
+    <t>37,1</t>
+  </si>
+  <si>
+    <t>34,88</t>
+  </si>
+  <si>
+    <t>39,39</t>
+  </si>
+  <si>
+    <t>43,36</t>
+  </si>
+  <si>
+    <t>41,09</t>
+  </si>
+  <si>
+    <t>45,65</t>
+  </si>
+  <si>
+    <t>37,64</t>
+  </si>
+  <si>
+    <t>40,05</t>
+  </si>
+  <si>
+    <t>26,87</t>
+  </si>
+  <si>
+    <t>24,48</t>
+  </si>
+  <si>
+    <t>29,41</t>
+  </si>
+  <si>
     <t>37,24</t>
   </si>
   <si>
     <t>35,97</t>
   </si>
   <si>
     <t>38,53</t>
   </si>
   <si>
-    <t>Homes</t>
-[...79 lines deleted...]
-  <si>
     <t>36,36</t>
   </si>
   <si>
     <t>33,64</t>
   </si>
   <si>
     <t>39,16</t>
   </si>
   <si>
-    <t>SC</t>
-[...2 lines deleted...]
-    <t>Santiago de Compostela e Barbanza</t>
+    <t>38,81</t>
+  </si>
+  <si>
+    <t>34,05</t>
+  </si>
+  <si>
+    <t>43,78</t>
+  </si>
+  <si>
+    <t>36,73</t>
+  </si>
+  <si>
+    <t>33,15</t>
+  </si>
+  <si>
+    <t>40,47</t>
+  </si>
+  <si>
+    <t>34,19</t>
+  </si>
+  <si>
+    <t>30,46</t>
+  </si>
+  <si>
+    <t>38,12</t>
+  </si>
+  <si>
+    <t>37,25</t>
+  </si>
+  <si>
+    <t>33,34</t>
+  </si>
+  <si>
+    <t>41,33</t>
   </si>
   <si>
     <t>39,13</t>
   </si>
   <si>
     <t>36,08</t>
   </si>
   <si>
     <t>42,26</t>
   </si>
   <si>
-    <t>FE</t>
-[...64 lines deleted...]
-  <si>
     <t>37,9</t>
   </si>
   <si>
     <t>35,14</t>
   </si>
   <si>
     <t>40,73</t>
   </si>
   <si>
+    <t>32,09</t>
+  </si>
+  <si>
+    <t>30,36</t>
+  </si>
+  <si>
+    <t>33,86</t>
+  </si>
+  <si>
+    <t>42,11</t>
+  </si>
+  <si>
+    <t>40,24</t>
+  </si>
+  <si>
+    <t>35,75</t>
+  </si>
+  <si>
+    <t>33,55</t>
+  </si>
+  <si>
+    <t>43,67</t>
+  </si>
+  <si>
+    <t>41,39</t>
+  </si>
+  <si>
+    <t>45,98</t>
+  </si>
+  <si>
+    <t>38,02</t>
+  </si>
+  <si>
+    <t>35,67</t>
+  </si>
+  <si>
+    <t>40,43</t>
+  </si>
+  <si>
+    <t>24,61</t>
+  </si>
+  <si>
+    <t>22,21</t>
+  </si>
+  <si>
+    <t>27,17</t>
+  </si>
+  <si>
     <t>37,13</t>
   </si>
   <si>
     <t>35,85</t>
   </si>
   <si>
     <t>38,42</t>
   </si>
   <si>
-    <t>32,09</t>
-[...46 lines deleted...]
-  <si>
     <t>38,09</t>
   </si>
   <si>
     <t>35,35</t>
   </si>
   <si>
     <t>40,9</t>
   </si>
   <si>
+    <t>42,35</t>
+  </si>
+  <si>
+    <t>37,5</t>
+  </si>
+  <si>
+    <t>47,34</t>
+  </si>
+  <si>
+    <t>45,39</t>
+  </si>
+  <si>
+    <t>34,17</t>
+  </si>
+  <si>
+    <t>30,32</t>
+  </si>
+  <si>
+    <t>38,23</t>
+  </si>
+  <si>
+    <t>33,95</t>
+  </si>
+  <si>
+    <t>30,27</t>
+  </si>
+  <si>
+    <t>37,83</t>
+  </si>
+  <si>
     <t>39,86</t>
   </si>
   <si>
     <t>36,75</t>
   </si>
   <si>
     <t>43,05</t>
   </si>
   <si>
-    <t>42,35</t>
-[...28 lines deleted...]
-  <si>
     <t>33,04</t>
   </si>
   <si>
     <t>30,38</t>
   </si>
   <si>
     <t>35,81</t>
   </si>
   <si>
+    <t>40,03</t>
+  </si>
+  <si>
+    <t>41,86</t>
+  </si>
+  <si>
+    <t>53,47</t>
+  </si>
+  <si>
+    <t>51,6</t>
+  </si>
+  <si>
+    <t>55,32</t>
+  </si>
+  <si>
+    <t>45,99</t>
+  </si>
+  <si>
+    <t>43,69</t>
+  </si>
+  <si>
+    <t>48,31</t>
+  </si>
+  <si>
+    <t>50,8</t>
+  </si>
+  <si>
+    <t>48,51</t>
+  </si>
+  <si>
+    <t>53,1</t>
+  </si>
+  <si>
+    <t>47,16</t>
+  </si>
+  <si>
+    <t>44,7</t>
+  </si>
+  <si>
+    <t>49,62</t>
+  </si>
+  <si>
+    <t>39,43</t>
+  </si>
+  <si>
+    <t>36,78</t>
+  </si>
+  <si>
+    <t>42,14</t>
+  </si>
+  <si>
     <t>46,86</t>
   </si>
   <si>
     <t>45,55</t>
   </si>
   <si>
     <t>48,16</t>
   </si>
   <si>
-    <t>40,03</t>
-[...49 lines deleted...]
-  <si>
     <t>47,6</t>
   </si>
   <si>
     <t>44,75</t>
   </si>
   <si>
     <t>50,47</t>
   </si>
   <si>
+    <t>44,49</t>
+  </si>
+  <si>
+    <t>39,62</t>
+  </si>
+  <si>
+    <t>49,48</t>
+  </si>
+  <si>
+    <t>48,81</t>
+  </si>
+  <si>
+    <t>45,09</t>
+  </si>
+  <si>
+    <t>52,55</t>
+  </si>
+  <si>
+    <t>44,5</t>
+  </si>
+  <si>
+    <t>40,54</t>
+  </si>
+  <si>
+    <t>48,53</t>
+  </si>
+  <si>
+    <t>49,93</t>
+  </si>
+  <si>
+    <t>45,89</t>
+  </si>
+  <si>
+    <t>53,97</t>
+  </si>
+  <si>
     <t>48,98</t>
   </si>
   <si>
     <t>45,91</t>
   </si>
   <si>
     <t>52,05</t>
   </si>
   <si>
-    <t>44,49</t>
-[...34 lines deleted...]
-  <si>
     <t>43,56</t>
   </si>
   <si>
     <t>40,74</t>
   </si>
   <si>
     <t>46,43</t>
   </si>
   <si>
+    <t>43,29</t>
+  </si>
+  <si>
+    <t>41,49</t>
+  </si>
+  <si>
+    <t>45,1</t>
+  </si>
+  <si>
+    <t>57,67</t>
+  </si>
+  <si>
+    <t>55,84</t>
+  </si>
+  <si>
+    <t>59,48</t>
+  </si>
+  <si>
+    <t>47,99</t>
+  </si>
+  <si>
+    <t>45,74</t>
+  </si>
+  <si>
+    <t>50,26</t>
+  </si>
+  <si>
+    <t>54,49</t>
+  </si>
+  <si>
+    <t>52,23</t>
+  </si>
+  <si>
+    <t>56,73</t>
+  </si>
+  <si>
+    <t>49,75</t>
+  </si>
+  <si>
+    <t>47,38</t>
+  </si>
+  <si>
+    <t>52,11</t>
+  </si>
+  <si>
+    <t>45,62</t>
+  </si>
+  <si>
+    <t>42,79</t>
+  </si>
+  <si>
+    <t>48,49</t>
+  </si>
+  <si>
     <t>50,61</t>
   </si>
   <si>
     <t>49,32</t>
   </si>
   <si>
     <t>51,9</t>
   </si>
   <si>
-    <t>43,29</t>
-[...52 lines deleted...]
-  <si>
     <t>50,77</t>
   </si>
   <si>
     <t>47,92</t>
   </si>
   <si>
     <t>53,62</t>
   </si>
   <si>
+    <t>50,28</t>
+  </si>
+  <si>
+    <t>45,33</t>
+  </si>
+  <si>
+    <t>55,23</t>
+  </si>
+  <si>
+    <t>53,3</t>
+  </si>
+  <si>
+    <t>49,55</t>
+  </si>
+  <si>
+    <t>57,01</t>
+  </si>
+  <si>
+    <t>47,21</t>
+  </si>
+  <si>
+    <t>43,28</t>
+  </si>
+  <si>
+    <t>51,16</t>
+  </si>
+  <si>
+    <t>46,24</t>
+  </si>
+  <si>
+    <t>42,32</t>
+  </si>
+  <si>
+    <t>50,21</t>
+  </si>
+  <si>
     <t>52,34</t>
   </si>
   <si>
     <t>49,23</t>
   </si>
   <si>
     <t>55,44</t>
   </si>
   <si>
-    <t>50,28</t>
-[...34 lines deleted...]
-  <si>
     <t>51,54</t>
   </si>
   <si>
     <t>54,27</t>
   </si>
   <si>
+    <t>42,15</t>
+  </si>
+  <si>
+    <t>44,09</t>
+  </si>
+  <si>
+    <t>53,33</t>
+  </si>
+  <si>
+    <t>51,43</t>
+  </si>
+  <si>
+    <t>55,21</t>
+  </si>
+  <si>
+    <t>47,22</t>
+  </si>
+  <si>
+    <t>52,02</t>
+  </si>
+  <si>
+    <t>52,27</t>
+  </si>
+  <si>
+    <t>49,9</t>
+  </si>
+  <si>
+    <t>54,63</t>
+  </si>
+  <si>
+    <t>46,15</t>
+  </si>
+  <si>
+    <t>48,64</t>
+  </si>
+  <si>
+    <t>40,14</t>
+  </si>
+  <si>
+    <t>37,27</t>
+  </si>
+  <si>
+    <t>43,08</t>
+  </si>
+  <si>
     <t>47,96</t>
   </si>
   <si>
     <t>46,61</t>
   </si>
   <si>
-    <t>42,15</t>
-[...43 lines deleted...]
-  <si>
     <t>47,66</t>
   </si>
   <si>
     <t>44,63</t>
   </si>
   <si>
     <t>50,71</t>
   </si>
   <si>
+    <t>47,76</t>
+  </si>
+  <si>
+    <t>42,81</t>
+  </si>
+  <si>
+    <t>52,75</t>
+  </si>
+  <si>
+    <t>51,07</t>
+  </si>
+  <si>
+    <t>47,35</t>
+  </si>
+  <si>
+    <t>54,78</t>
+  </si>
+  <si>
+    <t>46,27</t>
+  </si>
+  <si>
+    <t>42,07</t>
+  </si>
+  <si>
+    <t>50,52</t>
+  </si>
+  <si>
+    <t>49,91</t>
+  </si>
+  <si>
+    <t>45,71</t>
+  </si>
+  <si>
+    <t>54,12</t>
+  </si>
+  <si>
     <t>45,23</t>
   </si>
   <si>
     <t>41,97</t>
   </si>
   <si>
-    <t>47,76</t>
-[...34 lines deleted...]
-  <si>
     <t>48,4</t>
   </si>
   <si>
     <t>45,53</t>
   </si>
   <si>
     <t>51,28</t>
   </si>
   <si>
+    <t>52,61</t>
+  </si>
+  <si>
+    <t>50,82</t>
+  </si>
+  <si>
+    <t>54,4</t>
+  </si>
+  <si>
+    <t>55,31</t>
+  </si>
+  <si>
+    <t>53,49</t>
+  </si>
+  <si>
+    <t>57,12</t>
+  </si>
+  <si>
+    <t>56,31</t>
+  </si>
+  <si>
+    <t>54,06</t>
+  </si>
+  <si>
+    <t>58,53</t>
+  </si>
+  <si>
+    <t>58,88</t>
+  </si>
+  <si>
+    <t>56,62</t>
+  </si>
+  <si>
+    <t>61,11</t>
+  </si>
+  <si>
+    <t>52,53</t>
+  </si>
+  <si>
+    <t>50,12</t>
+  </si>
+  <si>
+    <t>54,92</t>
+  </si>
+  <si>
+    <t>44,43</t>
+  </si>
+  <si>
+    <t>41,69</t>
+  </si>
+  <si>
+    <t>47,19</t>
+  </si>
+  <si>
     <t>53,99</t>
   </si>
   <si>
     <t>52,71</t>
   </si>
   <si>
     <t>55,26</t>
   </si>
   <si>
-    <t>52,61</t>
-[...52 lines deleted...]
-  <si>
     <t>50,03</t>
   </si>
   <si>
     <t>47,14</t>
   </si>
   <si>
     <t>52,93</t>
   </si>
   <si>
+    <t>53,02</t>
+  </si>
+  <si>
+    <t>57,49</t>
+  </si>
+  <si>
+    <t>53,37</t>
+  </si>
+  <si>
+    <t>49,76</t>
+  </si>
+  <si>
+    <t>56,95</t>
+  </si>
+  <si>
+    <t>52,95</t>
+  </si>
+  <si>
+    <t>49,14</t>
+  </si>
+  <si>
+    <t>56,71</t>
+  </si>
+  <si>
+    <t>58,95</t>
+  </si>
+  <si>
+    <t>54,83</t>
+  </si>
+  <si>
+    <t>62,96</t>
+  </si>
+  <si>
     <t>57,84</t>
   </si>
   <si>
     <t>54,75</t>
   </si>
   <si>
     <t>60,87</t>
-  </si>
-[...31 lines deleted...]
-    <t>62,96</t>
   </si>
   <si>
     <t>54,16</t>
   </si>
   <si>
     <t>51,23</t>
   </si>
   <si>
     <t>57,06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1181,2532 +1304,2938 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I85"/>
+  <dimension ref="A1:I99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:I85"/>
+      <selection activeCell="A1" sqref="A1:I99"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1">
         <v>12</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="1">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="1">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>12</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="1">
         <v>12</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="1">
         <v>12</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="1">
         <v>12</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="1">
         <v>12</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>42</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>57</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>58</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>62</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>63</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>67</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>68</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>72</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>73</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="1">
         <v>12</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>75</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>76</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="1">
         <v>12</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>79</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="1">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="1">
         <v>12</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>81</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="I18" s="1">
-        <v>44</v>
+      <c r="I18" s="1" t="s">
+        <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="1">
         <v>12</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>85</v>
+      </c>
+      <c r="I19" s="1" t="s">
+        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="1">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="1">
         <v>12</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>86</v>
+        <v>68</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="1">
         <v>12</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="1">
         <v>12</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="1">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="1">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="1">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="1">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="1">
         <v>12</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="1">
         <v>12</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>120</v>
+      </c>
+      <c r="I31" s="1">
+        <v>44</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="1">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="1">
         <v>12</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>122</v>
+      </c>
+      <c r="I32" s="1">
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="1">
         <v>12</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="1">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="1">
         <v>12</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="1">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="1">
         <v>12</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="1">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="1">
         <v>12</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="1">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="1">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G39" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="H39" s="1" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>142</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>143</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>145</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>146</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>148</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>149</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>151</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>152</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="1">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="1">
         <v>12</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>154</v>
       </c>
       <c r="H44" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="1">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="1">
         <v>12</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G45" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="H45" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="H45" s="1" t="s">
+      <c r="I45" s="1" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="1">
         <v>12</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="G46" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H46" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="H46" s="1" t="s">
+      <c r="I46" s="1" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="1">
         <v>12</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G47" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H47" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="H47" s="1" t="s">
+      <c r="I47" s="1" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="1">
         <v>12</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G48" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H48" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="H48" s="1" t="s">
+      <c r="I48" s="1" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="1">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="1">
         <v>12</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G49" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="H49" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="H49" s="1" t="s">
+      <c r="I49" s="1" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="1">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="1">
         <v>12</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="G50" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H50" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="H50" s="1" t="s">
+      <c r="I50" s="1" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="1">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G51" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="H51" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="H51" s="1" t="s">
+      <c r="I51" s="1" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="1">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G52" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H52" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="H52" s="1" t="s">
+      <c r="I52" s="1" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="1">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G53" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="H53" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="H53" s="1" t="s">
+      <c r="I53" s="1" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="1">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G54" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="H54" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="H54" s="1" t="s">
+      <c r="I54" s="1" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G55" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H55" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="H55" s="1" t="s">
+      <c r="I55" s="1" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="1">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G56" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H56" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="H56" s="1" t="s">
+      <c r="I56" s="1" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="1">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G57" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="H57" s="1" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="1">
         <v>12</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>195</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>196</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>155</v>
+        <v>197</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="1">
         <v>12</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>82</v>
+        <v>199</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="1">
         <v>12</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="1">
         <v>12</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>129</v>
+        <v>204</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C62" s="1">
         <v>12</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C63" s="1">
         <v>12</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>122</v>
+        <v>211</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C64" s="1">
         <v>12</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>147</v>
+        <v>221</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="1">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>230</v>
+        <v>180</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="1">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C72" s="1">
         <v>12</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>233</v>
+        <v>120</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="1">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C73" s="1">
         <v>12</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="1">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C74" s="1">
         <v>12</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>238</v>
+        <v>167</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="1">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C75" s="1">
         <v>12</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="1">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C76" s="1">
         <v>12</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>245</v>
+        <v>160</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="1">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C77" s="1">
         <v>12</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="1">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C78" s="1">
         <v>12</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>252</v>
+        <v>214</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="1">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>253</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>254</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="1">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>256</v>
       </c>
       <c r="H80" s="1" t="s">
         <v>257</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="1">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>259</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>125</v>
+        <v>260</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="1">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="1">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>269</v>
+        <v>185</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="1">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>270</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>271</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>272</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9">
+      <c r="A86" s="1">
+        <v>2006</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" s="1">
+        <v>12</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E86" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H86" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87" s="1">
+        <v>2006</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" s="1">
+        <v>12</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E87" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88" s="1">
+        <v>2006</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" s="1">
+        <v>12</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H88" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89" s="1">
+        <v>2006</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" s="1">
+        <v>12</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H89" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" s="1">
+        <v>2006</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" s="1">
+        <v>12</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E90" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91" s="1">
+        <v>2006</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" s="1">
+        <v>12</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H91" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9">
+      <c r="A92" s="1">
+        <v>2006</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" s="1">
+        <v>12</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9">
+      <c r="A93" s="1">
+        <v>2006</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E93" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H93" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="I93" s="1" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9">
+      <c r="A94" s="1">
+        <v>2006</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E94" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H94" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="I94" s="1" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9">
+      <c r="A95" s="1">
+        <v>2006</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E95" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9">
+      <c r="A96" s="1">
+        <v>2006</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E96" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9">
+      <c r="A97" s="1">
+        <v>2006</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9">
+      <c r="A98" s="1">
+        <v>2006</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E98" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9">
+      <c r="A99" s="1">
+        <v>2006</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="H99" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="I99" s="1" t="s">
+        <v>313</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>