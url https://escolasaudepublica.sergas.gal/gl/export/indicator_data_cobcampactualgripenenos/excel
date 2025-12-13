--- v1 (2025-12-03)
+++ v2 (2025-12-13)
@@ -68,198 +68,198 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Homes</t>
   </si>
   <si>
     <t>Gripe</t>
   </si>
   <si>
     <t>0-11 anos</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>52,52</t>
+    <t>54,64</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
-    <t>53,47</t>
-[...2 lines deleted...]
-    <t>52,99</t>
+    <t>55,42</t>
+  </si>
+  <si>
+    <t>55,02</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>50,25</t>
-[...5 lines deleted...]
-    <t>50,46</t>
+    <t>53,23</t>
+  </si>
+  <si>
+    <t>53,92</t>
+  </si>
+  <si>
+    <t>53,57</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>47,64</t>
-[...5 lines deleted...]
-    <t>48,11</t>
+    <t>50,55</t>
+  </si>
+  <si>
+    <t>51,39</t>
+  </si>
+  <si>
+    <t>50,96</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>43,83</t>
-[...5 lines deleted...]
-    <t>43,66</t>
+    <t>49,91</t>
+  </si>
+  <si>
+    <t>50,31</t>
+  </si>
+  <si>
+    <t>50,11</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>43,2</t>
-[...5 lines deleted...]
-    <t>43,43</t>
+    <t>46,84</t>
+  </si>
+  <si>
+    <t>47,58</t>
+  </si>
+  <si>
+    <t>47,2</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>55,84</t>
-[...5 lines deleted...]
-    <t>55,45</t>
+    <t>60,24</t>
+  </si>
+  <si>
+    <t>59,13</t>
+  </si>
+  <si>
+    <t>59,7</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>35,28</t>
-[...5 lines deleted...]
-    <t>35,62</t>
+    <t>39,72</t>
+  </si>
+  <si>
+    <t>40,45</t>
+  </si>
+  <si>
+    <t>40,08</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>A Coruña</t>
   </si>
   <si>
-    <t>53,2</t>
-[...5 lines deleted...]
-    <t>53,36</t>
+    <t>56,29</t>
+  </si>
+  <si>
+    <t>56,45</t>
+  </si>
+  <si>
+    <t>56,37</t>
   </si>
   <si>
     <t>Lugo</t>
   </si>
   <si>
     <t>Ourense</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>39,41</t>
-[...5 lines deleted...]
-    <t>39,62</t>
+    <t>43,51</t>
+  </si>
+  <si>
+    <t>44,05</t>
+  </si>
+  <si>
+    <t>43,77</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>46,63</t>
-[...5 lines deleted...]
-    <t>46,83</t>
+    <t>50,36</t>
+  </si>
+  <si>
+    <t>50,79</t>
+  </si>
+  <si>
+    <t>50,57</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>