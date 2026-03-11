--- v2 (2025-12-13)
+++ v3 (2026-03-11)
@@ -68,198 +68,198 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Homes</t>
   </si>
   <si>
     <t>Gripe</t>
   </si>
   <si>
     <t>0-11 anos</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>54,64</t>
+    <t>58,35</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
-    <t>55,42</t>
-[...2 lines deleted...]
-    <t>55,02</t>
+    <t>58,41</t>
+  </si>
+  <si>
+    <t>58,38</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>53,23</t>
-[...5 lines deleted...]
-    <t>53,57</t>
+    <t>56,97</t>
+  </si>
+  <si>
+    <t>57,84</t>
+  </si>
+  <si>
+    <t>57,39</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>50,55</t>
-[...5 lines deleted...]
-    <t>50,96</t>
+    <t>51,3</t>
+  </si>
+  <si>
+    <t>51,61</t>
+  </si>
+  <si>
+    <t>51,45</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>49,91</t>
-[...5 lines deleted...]
-    <t>50,11</t>
+    <t>53,26</t>
+  </si>
+  <si>
+    <t>53,55</t>
+  </si>
+  <si>
+    <t>53,4</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>46,84</t>
-[...5 lines deleted...]
-    <t>47,2</t>
+    <t>49,93</t>
+  </si>
+  <si>
+    <t>50,98</t>
+  </si>
+  <si>
+    <t>50,44</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>60,24</t>
-[...5 lines deleted...]
-    <t>59,7</t>
+    <t>62,44</t>
+  </si>
+  <si>
+    <t>61,61</t>
+  </si>
+  <si>
+    <t>62,03</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>39,72</t>
-[...5 lines deleted...]
-    <t>40,08</t>
+    <t>46,21</t>
+  </si>
+  <si>
+    <t>46,35</t>
+  </si>
+  <si>
+    <t>46,28</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>A Coruña</t>
   </si>
   <si>
-    <t>56,29</t>
-[...5 lines deleted...]
-    <t>56,37</t>
+    <t>59,54</t>
+  </si>
+  <si>
+    <t>59,4</t>
+  </si>
+  <si>
+    <t>59,47</t>
   </si>
   <si>
     <t>Lugo</t>
   </si>
   <si>
     <t>Ourense</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>43,51</t>
-[...5 lines deleted...]
-    <t>43,77</t>
+    <t>48,55</t>
+  </si>
+  <si>
+    <t>48,9</t>
+  </si>
+  <si>
+    <t>48,72</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>50,36</t>
-[...5 lines deleted...]
-    <t>50,57</t>
+    <t>54,01</t>
+  </si>
+  <si>
+    <t>54,17</t>
+  </si>
+  <si>
+    <t>54,09</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>