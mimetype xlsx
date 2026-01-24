--- v0 (2025-10-12)
+++ v1 (2026-01-24)
@@ -12,167 +12,251 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Exportación de datos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
     <t>Código espazo</t>
   </si>
   <si>
     <t>Espazo</t>
   </si>
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>Enfermidade (Antígeno)</t>
   </si>
   <si>
     <t>Grupo poblacional</t>
   </si>
   <si>
     <t>Campaña</t>
   </si>
   <si>
     <t>Grupo idade</t>
   </si>
   <si>
     <t>Porcentaxe</t>
   </si>
   <si>
+    <t>Área sanitaria</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>A Coruña e Cee</t>
+  </si>
+  <si>
+    <t>Homes</t>
+  </si>
+  <si>
+    <t>Gripe</t>
+  </si>
+  <si>
+    <t>0-11 anos</t>
+  </si>
+  <si>
+    <t>2025-2026</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>58,71</t>
+  </si>
+  <si>
+    <t>Mulleres</t>
+  </si>
+  <si>
+    <t>59,19</t>
+  </si>
+  <si>
+    <t>58,95</t>
+  </si>
+  <si>
+    <t>FE</t>
+  </si>
+  <si>
+    <t>Ferrol</t>
+  </si>
+  <si>
+    <t>57,14</t>
+  </si>
+  <si>
+    <t>58,07</t>
+  </si>
+  <si>
+    <t>57,59</t>
+  </si>
+  <si>
+    <t>LU</t>
+  </si>
+  <si>
+    <t>Lugo, A Mariña e Monforte de Lemos</t>
+  </si>
+  <si>
+    <t>52,31</t>
+  </si>
+  <si>
+    <t>52,8</t>
+  </si>
+  <si>
+    <t>52,55</t>
+  </si>
+  <si>
+    <t>OU</t>
+  </si>
+  <si>
+    <t>Ourense, Verín e O Barco de Valdeorras</t>
+  </si>
+  <si>
+    <t>54,29</t>
+  </si>
+  <si>
+    <t>54,75</t>
+  </si>
+  <si>
+    <t>54,51</t>
+  </si>
+  <si>
+    <t>PO</t>
+  </si>
+  <si>
+    <t>Pontevedra e O Salnés</t>
+  </si>
+  <si>
+    <t>49,94</t>
+  </si>
+  <si>
+    <t>50,81</t>
+  </si>
+  <si>
+    <t>50,36</t>
+  </si>
+  <si>
+    <t>SC</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela e Barbanza</t>
+  </si>
+  <si>
+    <t>62,56</t>
+  </si>
+  <si>
+    <t>61,35</t>
+  </si>
+  <si>
+    <t>61,97</t>
+  </si>
+  <si>
+    <t>VI</t>
+  </si>
+  <si>
+    <t>Vigo</t>
+  </si>
+  <si>
+    <t>46,29</t>
+  </si>
+  <si>
+    <t>46,69</t>
+  </si>
+  <si>
+    <t>46,48</t>
+  </si>
+  <si>
+    <t>Provincia</t>
+  </si>
+  <si>
+    <t>A Coruña</t>
+  </si>
+  <si>
+    <t>59,72</t>
+  </si>
+  <si>
+    <t>59,73</t>
+  </si>
+  <si>
+    <t>Lugo</t>
+  </si>
+  <si>
+    <t>Ourense</t>
+  </si>
+  <si>
+    <t>Pontevedra</t>
+  </si>
+  <si>
+    <t>48,69</t>
+  </si>
+  <si>
+    <t>49,07</t>
+  </si>
+  <si>
+    <t>48,87</t>
+  </si>
+  <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>Homes</t>
-[...77 lines deleted...]
-    <t>Vigo</t>
+    <t>54,34</t>
+  </si>
+  <si>
+    <t>54,6</t>
+  </si>
+  <si>
+    <t>54,46</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -538,1193 +622,1193 @@
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1">
         <v>2025</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="C2" s="1">
+      <c r="C2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="D2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E2" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1">
         <v>2025</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="C3" s="1">
+      <c r="C3" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="D3" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J3" s="1" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1">
         <v>2025</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="C4" s="1">
+      <c r="C4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1">
         <v>2025</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>10</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>22</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1">
         <v>2025</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>10</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>22</v>
       </c>
       <c r="D6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E6" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="E6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1">
         <v>2025</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>10</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>22</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J7" s="1" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1">
         <v>2025</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="C8" s="1">
+        <v>10</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1">
         <v>2025</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="C9" s="1">
+        <v>10</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1">
         <v>2025</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="C10" s="1">
+        <v>10</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1">
         <v>2025</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="C11" s="1">
+        <v>10</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1">
         <v>2025</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="C12" s="1">
+        <v>10</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J12" s="1" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1">
         <v>2025</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="C13" s="1">
+        <v>10</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J13" s="1" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1">
         <v>2025</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>10</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>37</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J14" s="1" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1">
         <v>2025</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>10</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>37</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J15" s="1" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1">
         <v>2025</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>10</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>37</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J16" s="1" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
         <v>2025</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J17" s="1" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
         <v>2025</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J18" s="1" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1">
         <v>2025</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J19" s="1" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1">
         <v>2025</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J20" s="1" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1">
         <v>2025</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J21" s="1" t="s">
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
         <v>2025</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J22" s="1" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
         <v>2025</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>52</v>
+      </c>
+      <c r="C23" s="1">
+        <v>15</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J23" s="1" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>2025</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>52</v>
+      </c>
+      <c r="C24" s="1">
+        <v>15</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
         <v>2025</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>52</v>
+      </c>
+      <c r="C25" s="1">
+        <v>15</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J25" s="1" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
         <v>2025</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>52</v>
+      </c>
+      <c r="C26" s="1">
+        <v>27</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J26" s="1" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>2025</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>52</v>
+      </c>
+      <c r="C27" s="1">
+        <v>27</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J27" s="1" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
         <v>2025</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="C28" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C28" s="1">
+        <v>27</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J28" s="1" t="s">
         <v>31</v>
-      </c>
-[...19 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
         <v>2025</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>52</v>
+      </c>
+      <c r="C29" s="1">
+        <v>32</v>
       </c>
       <c r="D29" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J29" s="1" t="s">
         <v>34</v>
-      </c>
-[...16 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>2025</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>52</v>
+      </c>
+      <c r="C30" s="1">
+        <v>32</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J30" s="1" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
         <v>2025</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>52</v>
+      </c>
+      <c r="C31" s="1">
+        <v>32</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J31" s="1" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
         <v>2025</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>52</v>
+      </c>
+      <c r="C32" s="1">
+        <v>36</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J32" s="1" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
         <v>2025</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>52</v>
+      </c>
+      <c r="C33" s="1">
+        <v>36</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J33" s="1" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
         <v>2025</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>52</v>
+      </c>
+      <c r="C34" s="1">
+        <v>36</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J34" s="1" t="s">
+        <v>61</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>2025</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>62</v>
+      </c>
+      <c r="C35" s="1">
+        <v>12</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J35" s="1" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>2025</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>62</v>
+      </c>
+      <c r="C36" s="1">
+        <v>12</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J36" s="1" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
         <v>2025</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>62</v>
+      </c>
+      <c r="C37" s="1">
+        <v>12</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="J37" s="1" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>