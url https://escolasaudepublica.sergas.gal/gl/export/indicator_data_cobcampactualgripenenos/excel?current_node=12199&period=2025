--- v1 (2026-01-24)
+++ v2 (2026-03-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Exportación de datos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
     <t>Código espazo</t>
   </si>
   <si>
     <t>Espazo</t>
   </si>
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>Enfermidade (Antígeno)</t>
   </si>
   <si>
     <t>Grupo poblacional</t>
   </si>
   <si>
     <t>Campaña</t>
   </si>
   <si>
@@ -68,195 +68,198 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Homes</t>
   </si>
   <si>
     <t>Gripe</t>
   </si>
   <si>
     <t>0-11 anos</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>58,71</t>
+    <t>58,35</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
-    <t>59,19</t>
-[...2 lines deleted...]
-    <t>58,95</t>
+    <t>58,41</t>
+  </si>
+  <si>
+    <t>58,38</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>57,14</t>
-[...5 lines deleted...]
-    <t>57,59</t>
+    <t>56,97</t>
+  </si>
+  <si>
+    <t>57,84</t>
+  </si>
+  <si>
+    <t>57,39</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>52,31</t>
-[...5 lines deleted...]
-    <t>52,55</t>
+    <t>51,3</t>
+  </si>
+  <si>
+    <t>51,61</t>
+  </si>
+  <si>
+    <t>51,45</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>54,29</t>
-[...5 lines deleted...]
-    <t>54,51</t>
+    <t>53,26</t>
+  </si>
+  <si>
+    <t>53,55</t>
+  </si>
+  <si>
+    <t>53,4</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>49,94</t>
-[...5 lines deleted...]
-    <t>50,36</t>
+    <t>49,93</t>
+  </si>
+  <si>
+    <t>50,98</t>
+  </si>
+  <si>
+    <t>50,44</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>62,56</t>
-[...5 lines deleted...]
-    <t>61,97</t>
+    <t>62,44</t>
+  </si>
+  <si>
+    <t>61,61</t>
+  </si>
+  <si>
+    <t>62,03</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>46,29</t>
-[...5 lines deleted...]
-    <t>46,48</t>
+    <t>46,21</t>
+  </si>
+  <si>
+    <t>46,35</t>
+  </si>
+  <si>
+    <t>46,28</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>A Coruña</t>
   </si>
   <si>
-    <t>59,72</t>
-[...2 lines deleted...]
-    <t>59,73</t>
+    <t>59,54</t>
+  </si>
+  <si>
+    <t>59,4</t>
+  </si>
+  <si>
+    <t>59,47</t>
   </si>
   <si>
     <t>Lugo</t>
   </si>
   <si>
     <t>Ourense</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>48,69</t>
-[...5 lines deleted...]
-    <t>48,87</t>
+    <t>48,55</t>
+  </si>
+  <si>
+    <t>48,9</t>
+  </si>
+  <si>
+    <t>48,72</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>54,34</t>
-[...5 lines deleted...]
-    <t>54,46</t>
+    <t>54,01</t>
+  </si>
+  <si>
+    <t>54,17</t>
+  </si>
+  <si>
+    <t>54,09</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1380,435 +1383,435 @@
       <c r="B25" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="1">
         <v>15</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
         <v>2025</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="1">
         <v>27</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>2025</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C27" s="1">
         <v>27</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
         <v>2025</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C28" s="1">
         <v>27</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
         <v>2025</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="1">
         <v>32</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J29" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>2025</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C30" s="1">
         <v>32</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J30" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
         <v>2025</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C31" s="1">
         <v>32</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J31" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
         <v>2025</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C32" s="1">
         <v>36</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
         <v>2025</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="1">
         <v>36</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
         <v>2025</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C34" s="1">
         <v>36</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>2025</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C35" s="1">
         <v>12</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>2025</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C36" s="1">
         <v>12</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
         <v>2025</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C37" s="1">
         <v>12</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>