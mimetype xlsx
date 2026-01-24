--- v1 (2025-12-03)
+++ v2 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Exportación de datos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Ámbito</t>
   </si>
   <si>
     <t>Código espazo</t>
   </si>
   <si>
     <t>Espazo</t>
   </si>
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>Enfermidade (Antígeno)</t>
   </si>
   <si>
     <t>Grupo poblacional</t>
   </si>
   <si>
     <t>Campaña</t>
   </si>
   <si>
@@ -68,198 +68,195 @@
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>Homes</t>
   </si>
   <si>
     <t>Gripe</t>
   </si>
   <si>
     <t>0-11 anos</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>52,52</t>
+    <t>58,71</t>
   </si>
   <si>
     <t>Mulleres</t>
   </si>
   <si>
-    <t>53,47</t>
-[...2 lines deleted...]
-    <t>52,99</t>
+    <t>59,19</t>
+  </si>
+  <si>
+    <t>58,95</t>
   </si>
   <si>
     <t>FE</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
-    <t>50,25</t>
-[...5 lines deleted...]
-    <t>50,46</t>
+    <t>57,14</t>
+  </si>
+  <si>
+    <t>58,07</t>
+  </si>
+  <si>
+    <t>57,59</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lugo, A Mariña e Monforte de Lemos</t>
   </si>
   <si>
-    <t>47,64</t>
-[...5 lines deleted...]
-    <t>48,11</t>
+    <t>52,31</t>
+  </si>
+  <si>
+    <t>52,8</t>
+  </si>
+  <si>
+    <t>52,55</t>
   </si>
   <si>
     <t>OU</t>
   </si>
   <si>
     <t>Ourense, Verín e O Barco de Valdeorras</t>
   </si>
   <si>
-    <t>43,83</t>
-[...5 lines deleted...]
-    <t>43,66</t>
+    <t>54,29</t>
+  </si>
+  <si>
+    <t>54,75</t>
+  </si>
+  <si>
+    <t>54,51</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Pontevedra e O Salnés</t>
   </si>
   <si>
-    <t>43,2</t>
-[...5 lines deleted...]
-    <t>43,43</t>
+    <t>49,94</t>
+  </si>
+  <si>
+    <t>50,81</t>
+  </si>
+  <si>
+    <t>50,36</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
-    <t>55,84</t>
-[...5 lines deleted...]
-    <t>55,45</t>
+    <t>62,56</t>
+  </si>
+  <si>
+    <t>61,35</t>
+  </si>
+  <si>
+    <t>61,97</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
-    <t>35,28</t>
-[...5 lines deleted...]
-    <t>35,62</t>
+    <t>46,29</t>
+  </si>
+  <si>
+    <t>46,69</t>
+  </si>
+  <si>
+    <t>46,48</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>A Coruña</t>
   </si>
   <si>
-    <t>53,2</t>
-[...5 lines deleted...]
-    <t>53,36</t>
+    <t>59,72</t>
+  </si>
+  <si>
+    <t>59,73</t>
   </si>
   <si>
     <t>Lugo</t>
   </si>
   <si>
     <t>Ourense</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>39,41</t>
-[...5 lines deleted...]
-    <t>39,62</t>
+    <t>48,69</t>
+  </si>
+  <si>
+    <t>49,07</t>
+  </si>
+  <si>
+    <t>48,87</t>
   </si>
   <si>
     <t>Comunidade</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
-    <t>46,63</t>
-[...5 lines deleted...]
-    <t>46,83</t>
+    <t>54,34</t>
+  </si>
+  <si>
+    <t>54,6</t>
+  </si>
+  <si>
+    <t>54,46</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1383,435 +1380,435 @@
       <c r="B25" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="1">
         <v>15</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
         <v>2025</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="1">
         <v>27</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>2025</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C27" s="1">
         <v>27</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
         <v>2025</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C28" s="1">
         <v>27</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
         <v>2025</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="1">
         <v>32</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J29" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>2025</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C30" s="1">
         <v>32</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J30" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
         <v>2025</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C31" s="1">
         <v>32</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J31" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
         <v>2025</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C32" s="1">
         <v>36</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
         <v>2025</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="1">
         <v>36</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
         <v>2025</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C34" s="1">
         <v>36</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>2025</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C35" s="1">
         <v>12</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>2025</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C36" s="1">
         <v>12</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
         <v>2025</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C37" s="1">
         <v>12</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>