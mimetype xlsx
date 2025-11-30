--- v0 (2025-10-06)
+++ v1 (2025-11-30)
@@ -80,123 +80,123 @@
   <si>
     <t>11,14</t>
   </si>
   <si>
     <t>12,78</t>
   </si>
   <si>
     <t>Área sanitaria</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>A Coruña e Cee</t>
   </si>
   <si>
     <t>11,91</t>
   </si>
   <si>
     <t>10,27</t>
   </si>
   <si>
     <t>13,79</t>
   </si>
   <si>
+    <t>FE</t>
+  </si>
+  <si>
+    <t>Ferrol</t>
+  </si>
+  <si>
+    <t>13,49</t>
+  </si>
+  <si>
+    <t>10,51</t>
+  </si>
+  <si>
+    <t>17,16</t>
+  </si>
+  <si>
+    <t>LU</t>
+  </si>
+  <si>
+    <t>Lugo, A Mariña e Monforte de Lemos</t>
+  </si>
+  <si>
+    <t>12,25</t>
+  </si>
+  <si>
+    <t>9,87</t>
+  </si>
+  <si>
+    <t>15,11</t>
+  </si>
+  <si>
+    <t>OU</t>
+  </si>
+  <si>
+    <t>Ourense, Verín e O Barco de Valdeorras</t>
+  </si>
+  <si>
+    <t>14,59</t>
+  </si>
+  <si>
+    <t>11,85</t>
+  </si>
+  <si>
+    <t>17,82</t>
+  </si>
+  <si>
+    <t>PO</t>
+  </si>
+  <si>
+    <t>Pontevedra e O Salnés</t>
+  </si>
+  <si>
+    <t>12,93</t>
+  </si>
+  <si>
+    <t>10,73</t>
+  </si>
+  <si>
+    <t>15,5</t>
+  </si>
+  <si>
     <t>SC</t>
   </si>
   <si>
     <t>Santiago de Compostela e Barbanza</t>
   </si>
   <si>
     <t>10,99</t>
   </si>
   <si>
     <t>9,25</t>
   </si>
   <si>
     <t>13,01</t>
-  </si>
-[...58 lines deleted...]
-    <t>15,5</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
     <t>10,47</t>
   </si>
   <si>
     <t>8,92</t>
   </si>
   <si>
     <t>12,24</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>